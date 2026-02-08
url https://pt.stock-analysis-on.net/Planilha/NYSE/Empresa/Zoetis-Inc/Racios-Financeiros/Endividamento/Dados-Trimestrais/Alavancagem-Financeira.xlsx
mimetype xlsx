--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1359,60 +1359,60 @@
       <c r="C22" s="13">
         <v>1.27</v>
       </c>
       <c r="D22" s="13">
         <v>1.29</v>
       </c>
       <c r="E22" s="13">
         <v>1.28</v>
       </c>
       <c r="F22" s="13">
         <v>1.28</v>
       </c>
       <c r="G22" s="13">
         <v>1.29</v>
       </c>
       <c r="H22" s="13">
         <v>1.29</v>
       </c>
       <c r="I22" s="13">
         <v>1.32</v>
       </c>
       <c r="J22" s="13">
         <v>1.32</v>
       </c>
       <c r="K22" s="13">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="13">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="13">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>2.13</v>
       </c>
       <c r="C23" s="13">
         <v>2.11</v>
       </c>
       <c r="D23" s="13">