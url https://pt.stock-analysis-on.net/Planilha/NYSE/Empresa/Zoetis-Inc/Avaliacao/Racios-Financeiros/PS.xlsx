--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -919,51 +919,51 @@
       </c>
       <c r="D22" s="9">
         <v>3.15</v>
       </c>
       <c r="E22" s="9">
         <v>4.42</v>
       </c>
       <c r="F22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
         <v>7.84</v>
       </c>
       <c r="C23" s="9">
         <v>7.0099999999999998</v>
       </c>
       <c r="D23" s="9">
         <v>4.2</v>
       </c>
       <c r="E23" s="9">
-        <v>6.24</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
         <v>4.99</v>
       </c>
       <c r="C24" s="9">
         <v>4.73</v>
       </c>
       <c r="D24" s="9">
         <v>5.39</v>
       </c>
       <c r="E24" s="9">
         <v>5.52</v>
       </c>
       <c r="F24" s="9">
         <v>0.0</v>
       </c>
     </row>