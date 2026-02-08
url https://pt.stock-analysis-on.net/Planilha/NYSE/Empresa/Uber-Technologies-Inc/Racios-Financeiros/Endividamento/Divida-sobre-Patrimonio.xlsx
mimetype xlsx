--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -781,51 +781,51 @@
       </c>
       <c r="E17" s="13">
         <v>0.86</v>
       </c>
       <c r="F17" s="13">
         <v>1.2</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>1.85</v>
       </c>
       <c r="C18" s="13">
         <v>2.2</v>
       </c>
       <c r="D18" s="13">
         <v>2.74</v>
       </c>
       <c r="E18" s="13">
         <v>2.1</v>
       </c>
       <c r="F18" s="13">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13">
         <v>2.26</v>
       </c>
       <c r="C19" s="13">
         <v>3.4</v>
       </c>
       <c r="D19" s="13">
         <v>4.68</v>
       </c>
       <c r="E19" s="13">
         <v>7.03</v>
       </c>
       <c r="F19" s="13">
         <v>4.75</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>