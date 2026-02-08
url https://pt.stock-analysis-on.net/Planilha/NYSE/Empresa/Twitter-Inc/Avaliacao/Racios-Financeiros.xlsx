--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -780,104 +780,104 @@
       <c r="B11" s="7">
         <v>6.64</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>9.55</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="9">
         <v>5.93</v>
       </c>
       <c r="C14" s="9">
-        <v>9.95</v>
+        <v>9.7</v>
       </c>
       <c r="D14" s="9">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="E14" s="9">
-        <v>8.44</v>
+        <v>8.33</v>
       </c>
       <c r="F14" s="9">
-        <v>7.56</v>
+        <v>7.68</v>
       </c>
       <c r="G14" s="9">
-        <v>5.19</v>
+        <v>5.35</v>
       </c>
       <c r="H14" s="9">
-        <v>1.97</v>
+        <v>2.04</v>
       </c>
       <c r="I14" s="9">
-        <v>10.77</v>
+        <v>10.58</v>
       </c>
       <c r="J14" s="9">
-        <v>7.17</v>
+        <v>7.05</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9">
         <v>4.12</v>
       </c>
       <c r="C15" s="9">
-        <v>9.65</v>
+        <v>9.41</v>
       </c>
       <c r="D15" s="9">
-        <v>1.15</v>
+        <v>1.16</v>
       </c>
       <c r="E15" s="9">
-        <v>7.8</v>
+        <v>7.7</v>
       </c>
       <c r="F15" s="9">
-        <v>12.83</v>
+        <v>13.039999999999999</v>
       </c>
       <c r="G15" s="9">
-        <v>4.3</v>
+        <v>4.43</v>
       </c>
       <c r="H15" s="9">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
       <c r="I15" s="9">
-        <v>10.98</v>
+        <v>10.8</v>
       </c>
       <c r="J15" s="9">
-        <v>7.78</v>
+        <v>7.65</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">