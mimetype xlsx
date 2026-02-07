--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -767,70 +767,70 @@
         <v>1.56</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
         <v>3.05</v>
       </c>
       <c r="D10" s="5">
         <v>1.55</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>1061.86999999999989</v>
+        <v>1062.78999999999996</v>
       </c>
       <c r="D11" s="5">
-        <v>540.28999999999996</v>
+        <v>540.75999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
-        <v>548.090000000000032</v>
+        <v>548.55999999999995</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
-        <v>542.36000000000001</v>
+        <v>542.83000000000004</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>