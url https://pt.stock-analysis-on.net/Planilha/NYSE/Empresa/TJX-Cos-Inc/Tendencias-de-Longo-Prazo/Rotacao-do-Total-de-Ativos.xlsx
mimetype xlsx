--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -900,51 +900,51 @@
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>45689</v>
       </c>
       <c r="B5" s="6">
         <v>1.78</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0</v>
+        <v>0.88</v>
       </c>
       <c r="D5" s="6">
         <v>1.66</v>
       </c>
       <c r="E5" s="6">
         <v>1.94</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45325</v>
       </c>
       <c r="B6" s="6">
         <v>1.82</v>
       </c>
       <c r="C6" s="6">
         <v>1.02</v>
       </c>
       <c r="D6" s="6">
         <v>1.99</v>
       </c>
       <c r="E6" s="6">
         <v>2.07</v>
       </c>
     </row>