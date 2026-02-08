--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -724,63 +724,63 @@
       <c r="E11" s="11">
         <v>0.5557</v>
       </c>
       <c r="F11" s="11">
         <v>-1.2139</v>
       </c>
       <c r="G11" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="14">
-        <v>0.0</v>
+        <v>0.2596</v>
       </c>
       <c r="C14" s="14">
         <v>0.1687</v>
       </c>
       <c r="D14" s="14">
         <v>-0.0263</v>
       </c>
       <c r="E14" s="14">
         <v>-0.0854</v>
       </c>
       <c r="F14" s="14">
-        <v>0.4844</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="14">
         <v>0.3213</v>
       </c>
       <c r="C15" s="14">
         <v>-0.0312</v>
       </c>
       <c r="D15" s="14">
         <v>0.1443</v>
       </c>
       <c r="E15" s="14">
         <v>0.0824</v>
       </c>
       <c r="F15" s="14">
         <v>0.1426</v>
       </c>
       <c r="G15" s="14">