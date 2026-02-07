--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -57,51 +57,51 @@
   <si>
     <t>US$ em milhões</t>
   </si>
   <si>
     <t>12 meses encerrados</t>
   </si>
   <si>
     <t>Lucro operacional líquido após impostos (NOPAT)</t>
   </si>
   <si>
     <t>Custo de capital</t>
   </si>
   <si>
     <t>Capital investido</t>
   </si>
   <si>
     <t>Lucro econômico</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
   <si>
     <t>NOPATcálculo</t>
   </si>
   <si>
-    <t>Lucro (prejuízo) líquido atribuível ao SLB</t>
+    <t>Lucro líquido atribuível ao SLB</t>
   </si>
   <si>
     <t>Despesa com imposto de renda diferido (benefício)</t>
   </si>
   <si>
     <t>Aumento (redução) da provisão para créditos de liquidação duvidosa</t>
   </si>
   <si>
     <t>Aumento (diminuição) dos equivalentes de capital próprio</t>
   </si>
   <si>
     <t>Despesa com juros</t>
   </si>
   <si>
     <t>Despesas com juros, responsabilidade de arrendamento operacional</t>
   </si>
   <si>
     <t>Despesa de juros ajustada</t>
   </si>
   <si>
     <t>Benefício fiscal da despesa com juros</t>
   </si>
   <si>
     <t>Despesa de juros ajustada, após impostos</t>
   </si>
@@ -711,63 +711,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -864,63 +864,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>12</v>
@@ -1257,63 +1257,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>28</v>
@@ -1428,63 +1428,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>34</v>
@@ -1754,63 +1754,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
@@ -1890,63 +1890,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>