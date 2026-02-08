--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -53,51 +53,51 @@
   <si>
     <t>Empréstimos de curto prazo e parcela corrente da dívida de longo prazo</t>
   </si>
   <si>
     <t>Dívida de longo prazo, excluindo parcela corrente</t>
   </si>
   <si>
     <t>Total da dívida reportada</t>
   </si>
   <si>
     <t>Total do patrimônio líquido do SLB</t>
   </si>
   <si>
     <t>Capital total reportado</t>
   </si>
   <si>
     <t>Ajustes no endividamento</t>
   </si>
   <si>
     <t>Mais: Responsabilidade por arrendamento operacional (antes da adoção do FASB tópico 842)</t>
   </si>
   <si>
     <t>Mais: Passivo de arrendamento operacional (reconhecido em Contas a pagar e passivo acumulado)</t>
   </si>
   <si>
-    <t>Mais: Passivo de arrendamento mercantil operacional (reconhecido em Outros Passivos)</t>
+    <t>Mais: Responsabilidades de arrendamento operacional (reconhecidas em Outras responsabilidades)</t>
   </si>
   <si>
     <t>Endividamento total ajustado</t>
   </si>
   <si>
     <t>Ajustes no patrimônio líquido</t>
   </si>
   <si>
     <t>Menos: Activo (passivo) por impostos diferidos líquidos</t>
   </si>
   <si>
     <t>Mais: Provisão para créditos de liquidação duvidosa</t>
   </si>
   <si>
     <t>Mais: Interesses não controladores</t>
   </si>
   <si>
     <t>Patrimônio líquido total ajustado</t>
   </si>
   <si>
     <t>Após ajuste</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
@@ -573,63 +573,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>