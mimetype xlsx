--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -111,81 +111,81 @@
   <si>
     <t>Patrimônio líquido total ajustado</t>
   </si>
   <si>
     <t>Capital total ajustado</t>
   </si>
   <si>
     <t>Empréstimos de curto prazo e parcela corrente da dívida de longo prazo</t>
   </si>
   <si>
     <t>Dívida de longo prazo, excluindo parcela corrente</t>
   </si>
   <si>
     <t>Total da dívida reportada</t>
   </si>
   <si>
     <t>Capital total reportado</t>
   </si>
   <si>
     <t>Ajustes no endividamento</t>
   </si>
   <si>
     <t>Mais: Passivo de arrendamento operacional (reconhecido em Contas a pagar e passivo acumulado)</t>
   </si>
   <si>
-    <t>Mais: Passivo de arrendamento mercantil operacional (reconhecido em Outros Passivos)</t>
+    <t>Mais: Responsabilidades de arrendamento operacional (reconhecidas em Outras responsabilidades)</t>
   </si>
   <si>
     <t>Endividamento total ajustado</t>
   </si>
   <si>
     <t>Ajustes no patrimônio líquido</t>
   </si>
   <si>
-    <t>Lucro (prejuízo) líquido ajustado atribuível ao SLB</t>
+    <t>Lucro líquido ajustado atribuível ao SLB</t>
   </si>
   <si>
     <t>12 meses encerrados</t>
   </si>
   <si>
-    <t>Lucro (prejuízo) líquido atribuível ao SLB</t>
+    <t>Lucro líquido atribuível ao SLB</t>
   </si>
   <si>
     <t>Mais: Despesa com imposto de renda diferido (benefício)</t>
   </si>
   <si>
     <t>Mais: Aumento (redução) da provisão para créditos de liquidação duvidosa</t>
   </si>
   <si>
     <t>Mais: Outros resultados abrangentes</t>
   </si>
   <si>
     <t>Mais: Lucro (prejuízo) abrangente, líquido de impostos, atribuível a participação de não controladores</t>
   </si>
   <si>
-    <t>Lucro (prejuízo) líquido ajustado</t>
+    <t>Lucro líquido ajustado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-816]d &quot;de&quot; mmm &quot;de&quot; yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -657,63 +657,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -803,63 +803,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -969,63 +969,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1135,63 +1135,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1321,63 +1321,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1694,63 +1694,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>