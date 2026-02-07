--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Previsão de fluxo de caixa livre para a empresa (FCFF)</t>
   </si>
   <si>
     <t>US$ em milhões, exceto dados por ação</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFF(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valor presente em 17.13%</t>
+    <t>Valor presente em 12.53%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco do capital SLB N.V.</t>
   </si>
@@ -110,51 +110,51 @@
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Taxa de retorno necessária</t>
   </si>
   <si>
     <t>Patrimônio líquido (valor justo)</t>
   </si>
   <si>
     <t>Endividamento (valor justo)</t>
   </si>
   <si>
     <t>Taxa de crescimento do FCFF (g) implícita pelo modelo PRAT</t>
   </si>
   <si>
     <t>Média</t>
   </si>
   <si>
     <t>Dados financeiros selecionados (US$ em milhões)</t>
   </si>
   <si>
     <t>Despesa com juros</t>
   </si>
   <si>
-    <t>Lucro (prejuízo) líquido atribuível ao SLB</t>
+    <t>Lucro líquido atribuível ao SLB</t>
   </si>
   <si>
     <t>Alíquota efetiva do imposto de renda (EITR)</t>
   </si>
   <si>
     <t>Despesa com juros, após impostos</t>
   </si>
   <si>
     <t>Mais: Dividendos declarados</t>
   </si>
   <si>
     <t>Despesas com juros (após impostos) e dividendos</t>
   </si>
   <si>
     <t>EBIT(1 – EITR)</t>
   </si>
   <si>
     <t>Empréstimos de curto prazo e parcela corrente da dívida de longo prazo</t>
   </si>
   <si>
     <t>Dívida de longo prazo, excluindo parcela corrente</t>
   </si>
   <si>
     <t>Total do patrimônio líquido do SLB</t>
   </si>
@@ -1002,63 +1002,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12"/>
       <c r="B6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="15">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="15">
         <v>45657</v>
       </c>
-      <c r="D6" s="15">
+      <c r="E6" s="15">
         <v>45291</v>
       </c>
-      <c r="E6" s="15">
+      <c r="F6" s="15">
         <v>44926</v>
       </c>
-      <c r="F6" s="15">
+      <c r="G6" s="15">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>