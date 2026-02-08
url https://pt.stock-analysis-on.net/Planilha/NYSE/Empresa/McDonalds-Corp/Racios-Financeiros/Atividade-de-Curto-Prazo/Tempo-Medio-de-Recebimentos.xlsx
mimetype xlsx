--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -686,51 +686,51 @@
       </c>
       <c r="E12" s="12">
         <v>45.0</v>
       </c>
       <c r="F12" s="12">
         <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>5.0</v>
       </c>
       <c r="C13" s="12">
         <v>4.0</v>
       </c>
       <c r="D13" s="12">
         <v>5.0</v>
       </c>
       <c r="E13" s="12">
         <v>5.0</v>
       </c>
       <c r="F13" s="12">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>25.0</v>
       </c>
       <c r="C14" s="12">
         <v>23.0</v>
       </c>
       <c r="D14" s="12">
         <v>22.0</v>
       </c>
       <c r="E14" s="12">
         <v>26.0</v>
       </c>
       <c r="F14" s="12">
         <v>37.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>