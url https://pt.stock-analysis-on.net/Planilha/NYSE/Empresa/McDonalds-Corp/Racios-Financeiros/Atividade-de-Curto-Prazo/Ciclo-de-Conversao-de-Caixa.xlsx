--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -687,51 +687,51 @@
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7">
         <v>-2.0</v>
       </c>
       <c r="C14" s="7">
         <v>-4.0</v>
       </c>
       <c r="D14" s="7">
         <v>-3.0</v>
       </c>
       <c r="E14" s="7">
         <v>-3.0</v>
       </c>
       <c r="F14" s="7">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7">
         <v>15.0</v>
       </c>
       <c r="C15" s="7">
         <v>15.0</v>
       </c>
       <c r="D15" s="7">
         <v>24.0</v>
       </c>
       <c r="E15" s="7">
         <v>19.0</v>
       </c>
       <c r="F15" s="7">
         <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>12</v>