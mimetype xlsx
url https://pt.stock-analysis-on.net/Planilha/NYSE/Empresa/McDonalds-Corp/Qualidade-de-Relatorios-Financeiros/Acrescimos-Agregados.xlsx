--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -968,51 +968,51 @@
       </c>
       <c r="D25" s="14">
         <v>-0.6838</v>
       </c>
       <c r="E25" s="14">
         <v>0.02</v>
       </c>
       <c r="F25" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="14">
         <v>0.233</v>
       </c>
       <c r="C26" s="14">
         <v>0.1841</v>
       </c>
       <c r="D26" s="14">
         <v>0.1843</v>
       </c>
       <c r="E26" s="14">
-        <v>0.1332</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="14">
         <v>-0.143</v>
       </c>
       <c r="C27" s="14">
         <v>-0.21</v>
       </c>
       <c r="D27" s="14">
         <v>1.1244</v>
       </c>
       <c r="E27" s="14">
         <v>1.2646</v>
       </c>
       <c r="F27" s="14">
         <v>0.0</v>
       </c>
     </row>
@@ -1299,51 +1299,51 @@
       </c>
       <c r="D15" s="14">
         <v>-0.6703</v>
       </c>
       <c r="E15" s="14">
         <v>-0.1113</v>
       </c>
       <c r="F15" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="14">
         <v>0.1333</v>
       </c>
       <c r="C16" s="14">
         <v>0.2418</v>
       </c>
       <c r="D16" s="14">
         <v>0.3018</v>
       </c>
       <c r="E16" s="14">
-        <v>-0.0935</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="14">
         <v>-0.6376</v>
       </c>
       <c r="C17" s="14">
         <v>-0.6428</v>
       </c>
       <c r="D17" s="14">
         <v>-0.689</v>
       </c>
       <c r="E17" s="14">
         <v>1.591</v>
       </c>
       <c r="F17" s="14">
         <v>0.0</v>
       </c>
     </row>