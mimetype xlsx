--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -761,51 +761,51 @@
       </c>
       <c r="E15" s="9">
         <v>16.35</v>
       </c>
       <c r="F15" s="9">
         <v>20.46</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
         <v>21.32</v>
       </c>
       <c r="C16" s="9">
         <v>23.47</v>
       </c>
       <c r="D16" s="9">
         <v>18.74</v>
       </c>
       <c r="E16" s="9">
         <v>19.050000000000001</v>
       </c>
       <c r="F16" s="9">
-        <v>21.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>11.49</v>
       </c>
       <c r="C17" s="9">
         <v>6.85</v>
       </c>
       <c r="D17" s="9">
         <v>3.15</v>
       </c>
       <c r="E17" s="9">
         <v>7.65</v>
       </c>
       <c r="F17" s="9">
         <v>10.36</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>15</v>