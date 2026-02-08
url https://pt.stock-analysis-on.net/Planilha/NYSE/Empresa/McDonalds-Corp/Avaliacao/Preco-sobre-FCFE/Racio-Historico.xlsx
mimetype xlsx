--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -761,51 +761,51 @@
       </c>
       <c r="E15" s="9">
         <v>69.030000000000001</v>
       </c>
       <c r="F15" s="9">
         <v>37.59</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
         <v>50.89</v>
       </c>
       <c r="C16" s="9">
         <v>58.77</v>
       </c>
       <c r="D16" s="9">
         <v>52.59</v>
       </c>
       <c r="E16" s="9">
         <v>51.88</v>
       </c>
       <c r="F16" s="9">
-        <v>149.63999999999999</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>49.74</v>
       </c>
       <c r="C17" s="9">
         <v>34.58</v>
       </c>
       <c r="D17" s="9">
         <v>1011.74000000000001</v>
       </c>
       <c r="E17" s="9">
         <v>292.51999999999998</v>
       </c>
       <c r="F17" s="9">
         <v>114.31</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>15</v>