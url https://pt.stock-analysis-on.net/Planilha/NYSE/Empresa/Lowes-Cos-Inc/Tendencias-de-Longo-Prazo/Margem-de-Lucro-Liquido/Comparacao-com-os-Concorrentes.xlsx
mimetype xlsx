--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -492,51 +492,51 @@
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>45688</v>
       </c>
       <c r="B5" s="6">
         <v>0.0831</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0</v>
+        <v>0.1083</v>
       </c>
       <c r="D5" s="6">
         <v>0.0928</v>
       </c>
       <c r="E5" s="6">
         <v>0.0863</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45324</v>
       </c>
       <c r="B6" s="6">
         <v>0.0894</v>
       </c>
       <c r="C6" s="6">
         <v>0.0929</v>
       </c>
       <c r="D6" s="6">
         <v>0.0992</v>
       </c>
       <c r="E6" s="6">
         <v>0.0825</v>
       </c>
     </row>