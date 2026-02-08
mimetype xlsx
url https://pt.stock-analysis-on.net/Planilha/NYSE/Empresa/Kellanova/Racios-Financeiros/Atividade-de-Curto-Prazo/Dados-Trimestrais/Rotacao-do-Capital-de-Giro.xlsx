--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1156,54 +1156,54 @@
       <c r="F19" s="14">
         <v>0.0</v>
       </c>
       <c r="G19" s="14">
         <v>0.0</v>
       </c>
       <c r="H19" s="14">
         <v>0.0</v>
       </c>
       <c r="I19" s="14">
         <v>0.0</v>
       </c>
       <c r="J19" s="14">
         <v>0.0</v>
       </c>
       <c r="K19" s="14">
         <v>0.0</v>
       </c>
       <c r="L19" s="14">
         <v>0.0</v>
       </c>
       <c r="M19" s="14">
         <v>0.0</v>
       </c>
       <c r="N19" s="14">
-        <v>10.52</v>
+        <v>0.0</v>
       </c>
       <c r="O19" s="14">
-        <v>10.81</v>
+        <v>0.0</v>
       </c>
       <c r="P19" s="14">
         <v>0.0</v>
       </c>
       <c r="Q19" s="14">
         <v>0.0</v>
       </c>
       <c r="R19" s="14">
         <v>0.0</v>
       </c>
       <c r="S19" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>