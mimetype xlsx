--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1523,60 +1523,60 @@
       <c r="I24" s="14">
         <v>0.1</v>
       </c>
       <c r="J24" s="14">
         <v>0.11</v>
       </c>
       <c r="K24" s="14">
         <v>0.11</v>
       </c>
       <c r="L24" s="14">
         <v>0.11</v>
       </c>
       <c r="M24" s="14">
         <v>0.12</v>
       </c>
       <c r="N24" s="14">
         <v>0.13</v>
       </c>
       <c r="O24" s="14">
         <v>0.13</v>
       </c>
       <c r="P24" s="14">
         <v>0.14</v>
       </c>
       <c r="Q24" s="14">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="14">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="14">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="14">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14">
         <v>0.7</v>
       </c>
       <c r="C25" s="14">
         <v>0.7</v>
       </c>
       <c r="D25" s="14">
         <v>0.69</v>
       </c>
       <c r="E25" s="14">
         <v>0.63</v>
       </c>
       <c r="F25" s="14">
         <v>0.72</v>
       </c>
       <c r="G25" s="14">
         <v>0.75</v>
       </c>
       <c r="H25" s="14">