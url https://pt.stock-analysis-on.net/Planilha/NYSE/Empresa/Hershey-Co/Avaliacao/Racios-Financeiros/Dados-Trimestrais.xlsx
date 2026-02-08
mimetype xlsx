--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1567,60 +1567,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
         <v>19.02</v>
       </c>
       <c r="C18" s="7">
         <v>17.5</v>
       </c>
       <c r="D18" s="7">
         <v>17.54</v>
       </c>
       <c r="E18" s="7">
         <v>15.87</v>
       </c>
       <c r="F18" s="7">
         <v>16.58</v>
       </c>
       <c r="G18" s="7">
         <v>17.6</v>
       </c>
       <c r="H18" s="7">
-        <v>18.37</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="7">
-        <v>16.43</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="7">
-        <v>17.54</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="7">
-        <v>17.030000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7">
         <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
@@ -2236,60 +2236,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
         <v>13.68</v>
       </c>
       <c r="C18" s="7">
         <v>13.050000000000001</v>
       </c>
       <c r="D18" s="7">
         <v>12.96</v>
       </c>
       <c r="E18" s="7">
         <v>11.31</v>
       </c>
       <c r="F18" s="7">
         <v>11.81</v>
       </c>
       <c r="G18" s="7">
         <v>12.37</v>
       </c>
       <c r="H18" s="7">
-        <v>12.9</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="7">
-        <v>11.42</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="7">
-        <v>12.23</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="7">
-        <v>11.95</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7">
         <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
@@ -2905,60 +2905,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
         <v>4.61</v>
       </c>
       <c r="C18" s="7">
         <v>4.76</v>
       </c>
       <c r="D18" s="7">
         <v>5.0</v>
       </c>
       <c r="E18" s="7">
         <v>4.38</v>
       </c>
       <c r="F18" s="7">
         <v>4.74</v>
       </c>
       <c r="G18" s="7">
         <v>5.03</v>
       </c>
       <c r="H18" s="7">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="7">
-        <v>4.8</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="7">
-        <v>5.17</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="7">
-        <v>5.06</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7">
         <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>