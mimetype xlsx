--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -840,51 +840,51 @@
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="14">
         <v>0.24</v>
       </c>
       <c r="C19" s="14">
         <v>0.29</v>
       </c>
       <c r="D19" s="14">
         <v>0.33</v>
       </c>
       <c r="E19" s="14">
         <v>0.31</v>
       </c>
       <c r="F19" s="14">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="G19" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="14">
         <v>0.68</v>
       </c>
       <c r="C20" s="14">
         <v>0.66</v>
       </c>
       <c r="D20" s="14">
         <v>0.64</v>
       </c>
       <c r="E20" s="14">
         <v>0.62</v>
       </c>
       <c r="F20" s="14">
         <v>0.73</v>
       </c>
       <c r="G20" s="14">