--- v0 (2025-12-13)
+++ v1 (2026-02-08)
@@ -612,63 +612,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
@@ -685,63 +685,63 @@
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4"/>
       <c r="B15" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C15" s="5">
         <v>45657</v>
       </c>
-      <c r="C15" s="5">
+      <c r="D15" s="5">
         <v>45291</v>
       </c>
-      <c r="D15" s="5">
+      <c r="E15" s="5">
         <v>44926</v>
       </c>
-      <c r="E15" s="5">
+      <c r="F15" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
       <c r="A16" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="11" t="e">
         <v>#N/A</v>
@@ -788,63 +788,63 @@
       <c r="E20" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4"/>
       <c r="B27" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C27" s="5">
         <v>45657</v>
       </c>
-      <c r="C27" s="5">
+      <c r="D27" s="5">
         <v>45291</v>
       </c>
-      <c r="D27" s="5">
+      <c r="E27" s="5">
         <v>44926</v>
       </c>
-      <c r="E27" s="5">
+      <c r="F27" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="28" spans="1:6" customHeight="1" ht="34.8">
       <c r="A28" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F29" s="11" t="e">
         <v>#N/A</v>
@@ -924,63 +924,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
@@ -997,63 +997,63 @@
       <c r="E8" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4"/>
       <c r="B15" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C15" s="5">
         <v>45657</v>
       </c>
-      <c r="C15" s="5">
+      <c r="D15" s="5">
         <v>45291</v>
       </c>
-      <c r="D15" s="5">
+      <c r="E15" s="5">
         <v>44926</v>
       </c>
-      <c r="E15" s="5">
+      <c r="F15" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
       <c r="A16" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="11" t="e">
         <v>#N/A</v>
@@ -1100,63 +1100,63 @@
       <c r="E20" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="15" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4"/>
       <c r="B27" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C27" s="5">
         <v>45657</v>
       </c>
-      <c r="C27" s="5">
+      <c r="D27" s="5">
         <v>45291</v>
       </c>
-      <c r="D27" s="5">
+      <c r="E27" s="5">
         <v>44926</v>
       </c>
-      <c r="E27" s="5">
+      <c r="F27" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="28" spans="1:6" customHeight="1" ht="34.8">
       <c r="A28" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E29" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F29" s="11" t="e">
         <v>#N/A</v>
@@ -1241,63 +1241,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>4</v>
@@ -1359,63 +1359,63 @@
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4"/>
       <c r="B19" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C19" s="5">
         <v>45657</v>
       </c>
-      <c r="C19" s="5">
+      <c r="D19" s="5">
         <v>45291</v>
       </c>
-      <c r="D19" s="5">
+      <c r="E19" s="5">
         <v>44926</v>
       </c>
-      <c r="E19" s="5">
+      <c r="F19" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6" t="s">
         <v>4</v>
@@ -1457,63 +1457,63 @@
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4"/>
       <c r="B30" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C30" s="5">
         <v>45657</v>
       </c>
-      <c r="C30" s="5">
+      <c r="D30" s="5">
         <v>45291</v>
       </c>
-      <c r="D30" s="5">
+      <c r="E30" s="5">
         <v>44926</v>
       </c>
-      <c r="E30" s="5">
+      <c r="F30" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F31" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
         <v>4</v>
@@ -1575,63 +1575,63 @@
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4"/>
       <c r="B42" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C42" s="5">
         <v>45657</v>
       </c>
-      <c r="C42" s="5">
+      <c r="D42" s="5">
         <v>45291</v>
       </c>
-      <c r="D42" s="5">
+      <c r="E42" s="5">
         <v>44926</v>
       </c>
-      <c r="E42" s="5">
+      <c r="F42" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F43" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="6" t="s">
         <v>4</v>