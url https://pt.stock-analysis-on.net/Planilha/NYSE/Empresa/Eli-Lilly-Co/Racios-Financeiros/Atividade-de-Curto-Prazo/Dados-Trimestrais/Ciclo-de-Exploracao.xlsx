--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1329,60 +1329,60 @@
       <c r="I21" s="8">
         <v>677.0</v>
       </c>
       <c r="J21" s="8">
         <v>664.0</v>
       </c>
       <c r="K21" s="8">
         <v>680.0</v>
       </c>
       <c r="L21" s="8">
         <v>700.0</v>
       </c>
       <c r="M21" s="8">
         <v>722.0</v>
       </c>
       <c r="N21" s="8">
         <v>588.0</v>
       </c>
       <c r="O21" s="8">
         <v>511.0</v>
       </c>
       <c r="P21" s="8">
         <v>394.0</v>
       </c>
       <c r="Q21" s="8">
-        <v>429.0</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>562.0</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>651.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>819.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="8">
         <v>156.0</v>
       </c>
       <c r="C22" s="8">
         <v>153.0</v>
       </c>
       <c r="D22" s="8">
         <v>148.0</v>
       </c>
       <c r="E22" s="8">
         <v>142.0</v>
       </c>
       <c r="F22" s="8">
         <v>150.0</v>
       </c>
       <c r="G22" s="8">
         <v>144.0</v>
       </c>
       <c r="H22" s="8">