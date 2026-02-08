--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1526,60 +1526,60 @@
       <c r="I23" s="10">
         <v>3.96</v>
       </c>
       <c r="J23" s="10">
         <v>3.58</v>
       </c>
       <c r="K23" s="10">
         <v>3.49</v>
       </c>
       <c r="L23" s="10">
         <v>3.52</v>
       </c>
       <c r="M23" s="10">
         <v>3.77</v>
       </c>
       <c r="N23" s="10">
         <v>3.75</v>
       </c>
       <c r="O23" s="10">
         <v>3.21</v>
       </c>
       <c r="P23" s="10">
         <v>3.65</v>
       </c>
       <c r="Q23" s="10">
-        <v>3.6</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="10">
-        <v>4.04</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="10">
-        <v>4.26</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="10">
-        <v>4.44</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
         <v>4.18</v>
       </c>
       <c r="C24" s="10">
         <v>3.46</v>
       </c>
       <c r="D24" s="10">
         <v>3.24</v>
       </c>
       <c r="E24" s="10">
         <v>4.09</v>
       </c>
       <c r="F24" s="10">
         <v>4.36</v>
       </c>
       <c r="G24" s="10">
         <v>4.96</v>
       </c>
       <c r="H24" s="10">