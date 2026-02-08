--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1119,60 +1119,60 @@
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>4.98</v>
       </c>
       <c r="C16" s="13">
         <v>4.74</v>
       </c>
       <c r="D16" s="13">
         <v>4.72</v>
       </c>
       <c r="E16" s="13">
         <v>4.73</v>
       </c>
       <c r="F16" s="13">
         <v>5.65</v>
       </c>
       <c r="G16" s="13">
         <v>5.33</v>
       </c>
       <c r="H16" s="13">
         <v>5.26</v>
       </c>
       <c r="I16" s="13">
-        <v>5.09</v>
+        <v>0.0</v>
       </c>
       <c r="J16" s="13">
-        <v>5.07</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="13">
-        <v>5.03</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="13">
-        <v>4.89</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="13">
         <v>0.0</v>
       </c>
       <c r="N16" s="13">
         <v>0.0</v>
       </c>
       <c r="O16" s="13">
         <v>0.0</v>
       </c>
       <c r="P16" s="13">
         <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
       <c r="R16" s="13">
         <v>0.0</v>
       </c>
       <c r="S16" s="13">
         <v>0.0</v>
       </c>
       <c r="T16" s="13">
         <v>0.0</v>
       </c>