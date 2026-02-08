--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -26,185 +26,173 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ativo circulante" sheetId="1" r:id="rId4"/>
     <sheet name="Ativos totais" sheetId="2" r:id="rId5"/>
     <sheet name="Passivo circulante" sheetId="3" r:id="rId6"/>
     <sheet name="Total do passivo" sheetId="4" r:id="rId7"/>
     <sheet name="Patrimônio líquido" sheetId="5" r:id="rId8"/>
     <sheet name="Capital total" sheetId="6" r:id="rId9"/>
     <sheet name="Receitas" sheetId="7" r:id="rId10"/>
     <sheet name="Lucro líquido" sheetId="8" r:id="rId11"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>Ativo circulante ajustado</t>
   </si>
   <si>
     <t>US$ em milhares</t>
   </si>
   <si>
     <t>Antes do ajuste</t>
   </si>
   <si>
     <t>Ativo circulante</t>
   </si>
   <si>
     <t>Ajustes</t>
   </si>
   <si>
     <t>Mais: Provisão para perdas com crédito</t>
   </si>
   <si>
     <t>Após ajuste</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Ativo total ajustado</t>
   </si>
   <si>
     <t>Ativos totais</t>
   </si>
   <si>
     <t>Mais: Ativo de direito de uso de arrendamento operacional (antes da adoção do FASB tópico 842)</t>
   </si>
   <si>
     <t>Passivo circulante ajustado</t>
   </si>
   <si>
     <t>Passivo circulante</t>
   </si>
   <si>
     <t>Menos: Receita corrente não auferida</t>
   </si>
   <si>
-    <t>Menos: Passivo de reestruturação corrente</t>
-[...1 lines deleted...]
-  <si>
     <t>Total do passivo ajustado</t>
   </si>
   <si>
     <t>Total do passivo</t>
   </si>
   <si>
     <t>Mais: Responsabilidade por arrendamento operacional (antes da adoção do FASB tópico 842)</t>
   </si>
   <si>
     <t>Menos: Passivo de imposto de renda diferido</t>
   </si>
   <si>
     <t>Menos: Receitas não auferidas</t>
   </si>
   <si>
-    <t>Menos: Responsabilidade de reestruturação</t>
-[...1 lines deleted...]
-  <si>
     <t>Patrimônio líquido ajustado</t>
   </si>
   <si>
     <t>Patrimônio líquido</t>
   </si>
   <si>
     <t>Menos: Ativos (passivos) de imposto de renda diferido</t>
   </si>
   <si>
     <t>Mais: Receitas não auferidas</t>
   </si>
   <si>
-    <t>Mais: Responsabilidade de reestruturação</t>
-[...1 lines deleted...]
-  <si>
     <t>Capital total ajustado</t>
   </si>
   <si>
     <t>Total da dívida reportada</t>
   </si>
   <si>
     <t>Capital total reportado</t>
   </si>
   <si>
     <t>Ajustes no endividamento</t>
   </si>
   <si>
     <t>Mais: Passivo atual de arrendamento operacional</t>
   </si>
   <si>
     <t>Mais: Passivos de arrendamento operacional de longo prazo</t>
   </si>
   <si>
     <t>Endividamento total ajustado</t>
   </si>
   <si>
     <t>Ajustes no patrimônio líquido</t>
   </si>
   <si>
     <t>Receita ajustada</t>
   </si>
   <si>
     <t>12 meses encerrados</t>
   </si>
   <si>
     <t>Receita</t>
   </si>
   <si>
     <t>Mais: Aumento (diminuição) da receita não auferida</t>
   </si>
   <si>
     <t>Lucro líquido ajustado</t>
   </si>
   <si>
     <t>Lucro líquido</t>
   </si>
   <si>
     <t>Mais: Despesa com imposto de renda diferido (benefício)</t>
   </si>
   <si>
     <t>Mais: Aumento (redução) da provisão para créditos de liquidação duvidosa</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mais: Aumento (diminuição) do passivo de reestruturação</t>
   </si>
   <si>
     <t>Mais: Outros resultados abrangentes, líquidos de impostos sobre o rendimento</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-816]d &quot;de&quot; mmm &quot;de&quot; yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -687,63 +675,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -833,63 +821,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -965,97 +953,97 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="11"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F15" sqref="F15"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1064,1243 +1052,1143 @@
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
-[...20 lines deleted...]
-      <c r="A13" s="6" t="s">
+    <row r="12" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A15" s="11" t="s">
+      <c r="A14" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="11"/>
-[...3 lines deleted...]
-      <c r="F15" s="11"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F17"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F17" sqref="F17"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...20 lines deleted...]
-      <c r="A15" s="6" t="s">
+    <row r="14" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A14" s="6" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A17" s="11" t="s">
+      <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B17" s="11"/>
-[...3 lines deleted...]
-      <c r="F17" s="11"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F17"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F17" sqref="F17"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...20 lines deleted...]
-      <c r="A15" s="6" t="s">
+    <row r="14" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A14" s="6" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A17" s="11" t="s">
+      <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B17" s="11"/>
-[...3 lines deleted...]
-      <c r="F17" s="11"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25"/>
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="7" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="34.8">
       <c r="A17" s="6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="7" t="s">
-[...39 lines deleted...]
-      <c r="A23" s="6" t="s">
+      <c r="A21" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A22" s="6" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A25" s="11" t="s">
+      <c r="A24" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="11"/>
-[...3 lines deleted...]
-      <c r="F25" s="11"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="9" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
-[...20 lines deleted...]
-      <c r="A16" s="6" t="s">
+    <row r="15" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A18" s="11" t="s">
+      <c r="A17" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B18" s="11"/>
-[...3 lines deleted...]
-      <c r="F18" s="11"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">