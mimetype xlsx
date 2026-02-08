--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1526,60 +1526,60 @@
       <c r="I24" s="15">
         <v>3.17</v>
       </c>
       <c r="J24" s="15">
         <v>2.75</v>
       </c>
       <c r="K24" s="15">
         <v>2.88</v>
       </c>
       <c r="L24" s="15">
         <v>2.89</v>
       </c>
       <c r="M24" s="15">
         <v>2.46</v>
       </c>
       <c r="N24" s="15">
         <v>2.44</v>
       </c>
       <c r="O24" s="15">
         <v>2.49</v>
       </c>
       <c r="P24" s="15">
         <v>2.34</v>
       </c>
       <c r="Q24" s="15">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="15">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="15">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="15">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="15">
         <v>0.24</v>
       </c>
       <c r="C25" s="15">
         <v>0.5</v>
       </c>
       <c r="D25" s="15">
         <v>0.45</v>
       </c>
       <c r="E25" s="15">
         <v>0.42</v>
       </c>
       <c r="F25" s="15">
         <v>0.46</v>
       </c>
       <c r="G25" s="15">
         <v>0.6</v>
       </c>
       <c r="H25" s="15">