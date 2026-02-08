--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -705,51 +705,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7">
         <v>-40.0</v>
       </c>
       <c r="C14" s="7">
         <v>-39.0</v>
       </c>
       <c r="D14" s="7">
         <v>-45.0</v>
       </c>
       <c r="E14" s="7">
-        <v>-62.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
       <c r="G14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7">
         <v>55.0</v>
       </c>
       <c r="C15" s="7">
         <v>39.0</v>
       </c>
       <c r="D15" s="7">
         <v>29.0</v>
       </c>
       <c r="E15" s="7">
         <v>41.0</v>
       </c>
       <c r="F15" s="7">