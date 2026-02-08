--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -464,388 +464,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H25" sqref="H25"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4">
         <v>100</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.3494</v>
+        <v>0.3406</v>
       </c>
       <c r="F5" s="7">
-        <v>5465.0</v>
+        <v>6023.0</v>
       </c>
       <c r="H5" s="7">
-        <v>15641.0</v>
+        <v>17682.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4185</v>
+        <v>0.3494</v>
       </c>
       <c r="F6" s="7">
-        <v>7331.0</v>
+        <v>5465.0</v>
       </c>
       <c r="H6" s="7">
-        <v>17519.0</v>
+        <v>15641.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.5063</v>
+        <v>0.4185</v>
       </c>
       <c r="F7" s="7">
-        <v>10140.0</v>
+        <v>7331.0</v>
       </c>
       <c r="H7" s="7">
-        <v>20028.0</v>
+        <v>17519.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4884</v>
+        <v>0.5063</v>
       </c>
       <c r="F8" s="7">
-        <v>8960.0</v>
+        <v>10140.0</v>
       </c>
       <c r="H8" s="7">
-        <v>18344.0</v>
+        <v>20028.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.4076</v>
+        <v>0.4884</v>
       </c>
       <c r="F9" s="7">
-        <v>5894.0</v>
+        <v>8960.0</v>
       </c>
       <c r="H9" s="7">
-        <v>14461.0</v>
+        <v>18344.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.3979</v>
+        <v>0.4076</v>
       </c>
       <c r="F10" s="7">
-        <v>5723.0</v>
+        <v>5894.0</v>
       </c>
       <c r="H10" s="7">
-        <v>14383.0</v>
+        <v>14461.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.4253</v>
+        <v>0.3979</v>
       </c>
       <c r="F11" s="7">
-        <v>6713.0</v>
+        <v>5723.0</v>
       </c>
       <c r="H11" s="7">
-        <v>15784.0</v>
+        <v>14383.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.4066</v>
+        <v>0.4253</v>
       </c>
       <c r="F12" s="7">
-        <v>6083.0</v>
+        <v>6713.0</v>
       </c>
       <c r="H12" s="7">
-        <v>14961.0</v>
+        <v>15784.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.3589</v>
+        <v>0.4066</v>
       </c>
       <c r="F13" s="7">
-        <v>4799.0</v>
+        <v>6083.0</v>
       </c>
       <c r="H13" s="7">
-        <v>13370.0</v>
+        <v>14961.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.3288</v>
+        <v>0.3589</v>
       </c>
       <c r="F14" s="7">
-        <v>4274.0</v>
+        <v>4799.0</v>
       </c>
       <c r="H14" s="7">
-        <v>13000.0</v>
+        <v>13370.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.3026</v>
+        <v>0.3288</v>
       </c>
       <c r="F15" s="7">
-        <v>3947.0</v>
+        <v>4274.0</v>
       </c>
       <c r="H15" s="7">
-        <v>13045.0</v>
+        <v>13000.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.232</v>
+        <v>0.3026</v>
       </c>
       <c r="F16" s="7">
-        <v>2832.0</v>
+        <v>3947.0</v>
       </c>
       <c r="H16" s="7">
-        <v>12205.0</v>
+        <v>13045.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.1538</v>
+        <v>0.232</v>
       </c>
       <c r="F17" s="7">
-        <v>1973.0</v>
+        <v>2832.0</v>
       </c>
       <c r="H17" s="7">
-        <v>12825.0</v>
+        <v>12205.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2178</v>
+        <v>0.1538</v>
       </c>
       <c r="F18" s="7">
-        <v>2992.0</v>
+        <v>1973.0</v>
       </c>
       <c r="H18" s="7">
-        <v>13735.0</v>
+        <v>12825.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.3232</v>
+        <v>0.2178</v>
       </c>
       <c r="F19" s="7">
-        <v>4514.0</v>
+        <v>2992.0</v>
       </c>
       <c r="H19" s="7">
-        <v>13966.0</v>
+        <v>13735.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1909</v>
+        <v>0.3232</v>
       </c>
       <c r="F20" s="7">
-        <v>1991.0</v>
+        <v>4514.0</v>
       </c>
       <c r="H20" s="7">
-        <v>10427.0</v>
+        <v>13966.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1949</v>
+        <v>0.1909</v>
       </c>
       <c r="F21" s="7">
-        <v>2437.0</v>
+        <v>1991.0</v>
       </c>
       <c r="H21" s="7">
-        <v>12501.0</v>
+        <v>10427.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.2528</v>
+        <v>0.1949</v>
       </c>
       <c r="F22" s="7">
-        <v>3497.0</v>
+        <v>2437.0</v>
       </c>
       <c r="H22" s="7">
-        <v>13835.0</v>
+        <v>12501.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.2362</v>
+        <v>0.2528</v>
       </c>
       <c r="F23" s="7">
-        <v>3367.0</v>
+        <v>3497.0</v>
       </c>
       <c r="H23" s="7">
-        <v>14255.0</v>
+        <v>13835.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.2362</v>
+      </c>
+      <c r="F24" s="7">
+        <v>3367.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>14255.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.2084</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F25" s="7">
         <v>2791.0</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H25" s="7">
         <v>13392.0</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:8">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...5 lines deleted...]
-      <c r="H25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">