--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -722,147 +722,138 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -870,61 +861,52 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="9" t="e">
@@ -932,61 +914,52 @@
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="9" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="9" t="e">
@@ -994,61 +967,52 @@
       </c>
       <c r="J11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="9" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="9" t="e">
@@ -1056,66 +1020,57 @@
       </c>
       <c r="J12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="9" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="10" t="e">
@@ -1123,61 +1078,52 @@
       </c>
       <c r="J14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="10" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="10" t="e">
@@ -1185,61 +1131,52 @@
       </c>
       <c r="J15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="10" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="12" t="e">
@@ -1247,61 +1184,52 @@
       </c>
       <c r="J16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="12" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -1309,61 +1237,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="12" t="e">
@@ -1371,198 +1290,177 @@
       </c>
       <c r="J18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="12" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14"/>
       <c r="C19" s="14"/>
       <c r="D19" s="14"/>
       <c r="E19" s="14"/>
       <c r="F19" s="14"/>
       <c r="G19" s="14"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="14"/>
       <c r="L19" s="14"/>
       <c r="M19" s="14"/>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
       <c r="P19" s="14"/>
       <c r="Q19" s="14"/>
-      <c r="R19" s="14"/>
-[...1 lines deleted...]
-      <c r="T19" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="5"/>
       <c r="B8" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C8" s="6">
         <v>45930</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>45838</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>45747</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>45657</v>
       </c>
-      <c r="F8" s="6">
+      <c r="G8" s="6">
         <v>45565</v>
       </c>
-      <c r="G8" s="6">
+      <c r="H8" s="6">
         <v>45473</v>
       </c>
-      <c r="H8" s="6">
+      <c r="I8" s="6">
         <v>45382</v>
       </c>
-      <c r="I8" s="6">
+      <c r="J8" s="6">
         <v>45291</v>
       </c>
-      <c r="J8" s="6">
+      <c r="K8" s="6">
         <v>45199</v>
       </c>
-      <c r="K8" s="6">
+      <c r="L8" s="6">
         <v>45107</v>
       </c>
-      <c r="L8" s="6">
+      <c r="M8" s="6">
         <v>45016</v>
       </c>
-      <c r="M8" s="6">
+      <c r="N8" s="6">
         <v>44926</v>
       </c>
-      <c r="N8" s="6">
+      <c r="O8" s="6">
         <v>44834</v>
       </c>
-      <c r="O8" s="6">
+      <c r="P8" s="6">
         <v>44742</v>
       </c>
-      <c r="P8" s="6">
+      <c r="Q8" s="6">
         <v>44651</v>
       </c>
-      <c r="Q8" s="6">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="7" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -1570,61 +1468,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="10" t="e">
@@ -1632,61 +1521,52 @@
       </c>
       <c r="J11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="10" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="10" t="e">
@@ -1694,66 +1574,57 @@
       </c>
       <c r="J12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="10" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="12" t="e">
@@ -1761,71 +1632,62 @@
       </c>
       <c r="J14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="12" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
       <c r="A15" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:20" customHeight="1" ht="28.8">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
       <c r="A16" s="17" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -1833,61 +1695,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="10" t="e">
@@ -1895,61 +1748,52 @@
       </c>
       <c r="J18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="10" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="10" t="e">
@@ -1957,61 +1801,52 @@
       </c>
       <c r="J19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="10" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
@@ -2019,61 +1854,52 @@
       </c>
       <c r="J20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="10" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="10" t="e">
@@ -2081,61 +1907,52 @@
       </c>
       <c r="J21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="10" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="10" t="e">
@@ -2143,61 +1960,52 @@
       </c>
       <c r="J22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="10" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="10" t="e">
@@ -2205,193 +2013,172 @@
       </c>
       <c r="J23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="10" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
-      <c r="R24" s="14"/>
-[...1 lines deleted...]
-      <c r="T24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T25"/>
+  <dimension ref="A1:Q25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T25" sqref="T25"/>
+      <selection activeCell="Q25" sqref="Q25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="15" t="e">
@@ -2399,61 +2186,52 @@
       </c>
       <c r="J9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="15" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="15" t="e">
@@ -2461,66 +2239,57 @@
       </c>
       <c r="J10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="15" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="16" t="e">
@@ -2528,71 +2297,62 @@
       </c>
       <c r="J12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="16" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="16" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="17" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -2600,61 +2360,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -2662,61 +2413,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -2724,61 +2466,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -2786,61 +2519,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -2848,61 +2572,52 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="9" t="e">
@@ -2910,61 +2625,52 @@
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="9" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="9" t="e">
@@ -2972,61 +2678,52 @@
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="9" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="9" t="e">
@@ -3034,61 +2731,52 @@
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="9" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="9" t="e">
@@ -3096,61 +2784,52 @@
       </c>
       <c r="J23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="9" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="9" t="e">
@@ -3158,193 +2837,172 @@
       </c>
       <c r="J24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q24" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R24" s="9" t="e">
-[...9 lines deleted...]
-    <row r="25" spans="1:20">
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
-      <c r="R25" s="14"/>
-[...1 lines deleted...]
-      <c r="T25" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="15" t="e">
@@ -3352,61 +3010,52 @@
       </c>
       <c r="J9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="15" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="15" t="e">
@@ -3414,66 +3063,57 @@
       </c>
       <c r="J10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="15" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="16" t="e">
@@ -3481,71 +3121,62 @@
       </c>
       <c r="J12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="16" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="16" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="17" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -3553,61 +3184,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -3615,61 +3237,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -3677,61 +3290,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -3739,61 +3343,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -3801,61 +3396,52 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="9" t="e">
@@ -3863,61 +3449,52 @@
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="9" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="9" t="e">
@@ -3925,61 +3502,52 @@
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="9" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="9" t="e">
@@ -3987,61 +3555,52 @@
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="9" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="9" t="e">
@@ -4049,193 +3608,172 @@
       </c>
       <c r="J23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="9" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
-      <c r="R24" s="14"/>
-[...1 lines deleted...]
-      <c r="T24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T23"/>
+  <dimension ref="A1:Q23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T23" sqref="T23"/>
+      <selection activeCell="Q23" sqref="Q23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="15" t="e">
@@ -4243,61 +3781,52 @@
       </c>
       <c r="J9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="15" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="15" t="e">
@@ -4305,66 +3834,57 @@
       </c>
       <c r="J10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="15" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="16" t="e">
@@ -4372,71 +3892,62 @@
       </c>
       <c r="J12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="16" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="16" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="17" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -4444,61 +3955,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -4506,61 +4008,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -4568,61 +4061,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -4630,61 +4114,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -4692,61 +4167,52 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="9" t="e">
@@ -4754,61 +4220,52 @@
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="9" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="9" t="e">
@@ -4816,61 +4273,52 @@
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="9" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="9" t="e">
@@ -4878,193 +4326,172 @@
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="9" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
-      <c r="R23" s="14"/>
-[...1 lines deleted...]
-      <c r="T23" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T28"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T28" sqref="T28"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="15" t="e">
@@ -5072,61 +4499,52 @@
       </c>
       <c r="J9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="15" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="15" t="e">
@@ -5134,61 +4552,52 @@
       </c>
       <c r="J10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="15" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="19" t="e">
@@ -5196,61 +4605,52 @@
       </c>
       <c r="J11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="19" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="19" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="15" t="e">
@@ -5258,66 +4658,57 @@
       </c>
       <c r="J13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="15" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="15" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="16" t="e">
@@ -5325,71 +4716,62 @@
       </c>
       <c r="J15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="16" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="16" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="16" spans="1:17" customHeight="1" ht="34.8">
       <c r="A16" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="17" spans="1:20" customHeight="1" ht="28.8">
+    <row r="17" spans="1:17" customHeight="1" ht="28.8">
       <c r="A17" s="17" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="18" spans="1:20">
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -5397,61 +4779,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -5459,61 +4832,52 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="9" t="e">
@@ -5521,61 +4885,52 @@
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="9" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="9" t="e">
@@ -5583,61 +4938,52 @@
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="9" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="9" t="e">
@@ -5645,61 +4991,52 @@
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="9" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="9" t="e">
@@ -5707,61 +5044,52 @@
       </c>
       <c r="J23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="9" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="9" t="e">
@@ -5769,61 +5097,52 @@
       </c>
       <c r="J24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q24" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R24" s="9" t="e">
-[...9 lines deleted...]
-    <row r="25" spans="1:20">
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I25" s="9" t="e">
@@ -5831,61 +5150,52 @@
       </c>
       <c r="J25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P25" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q25" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R25" s="9" t="e">
-[...9 lines deleted...]
-    <row r="26" spans="1:20">
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I26" s="9" t="e">
@@ -5893,61 +5203,52 @@
       </c>
       <c r="J26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P26" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q26" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R26" s="9" t="e">
-[...9 lines deleted...]
-    <row r="27" spans="1:20">
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I27" s="9" t="e">
@@ -5955,193 +5256,172 @@
       </c>
       <c r="J27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q27" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R27" s="9" t="e">
-[...9 lines deleted...]
-    <row r="28" spans="1:20">
+    </row>
+    <row r="28" spans="1:17">
       <c r="A28" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="14"/>
-      <c r="R28" s="14"/>
-[...1 lines deleted...]
-      <c r="T28" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -6149,66 +5429,57 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
       <c r="A10" s="7" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="11" spans="1:20">
+    <row r="11" spans="1:17">
       <c r="A11" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="12" t="e">
@@ -6216,71 +5487,62 @@
       </c>
       <c r="J11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="12" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="13" spans="1:20" customHeight="1" ht="28.8">
+    <row r="13" spans="1:17" customHeight="1" ht="28.8">
       <c r="A13" s="17" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="10" t="e">
@@ -6288,61 +5550,52 @@
       </c>
       <c r="J14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="10" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="10" t="e">
@@ -6350,61 +5603,52 @@
       </c>
       <c r="J15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="10" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="10" t="e">
@@ -6412,61 +5656,52 @@
       </c>
       <c r="J16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="10" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -6474,61 +5709,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="10" t="e">
@@ -6536,61 +5762,52 @@
       </c>
       <c r="J18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="10" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="10" t="e">
@@ -6598,61 +5815,52 @@
       </c>
       <c r="J19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="10" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
@@ -6660,61 +5868,52 @@
       </c>
       <c r="J20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="10" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="10" t="e">
@@ -6722,61 +5921,52 @@
       </c>
       <c r="J21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="10" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="10" t="e">
@@ -6784,61 +5974,52 @@
       </c>
       <c r="J22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="10" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="10" t="e">
@@ -6846,193 +6027,172 @@
       </c>
       <c r="J23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="10" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
-      <c r="R24" s="14"/>
-[...1 lines deleted...]
-      <c r="T24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T22"/>
+  <dimension ref="A1:Q22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T22" sqref="T22"/>
+      <selection activeCell="Q22" sqref="Q22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:20">
+    <row r="6" spans="1:17">
       <c r="A6" s="5"/>
       <c r="B6" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="6">
         <v>45930</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>45838</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>45747</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>45657</v>
       </c>
-      <c r="F6" s="6">
+      <c r="G6" s="6">
         <v>45565</v>
       </c>
-      <c r="G6" s="6">
+      <c r="H6" s="6">
         <v>45473</v>
       </c>
-      <c r="H6" s="6">
+      <c r="I6" s="6">
         <v>45382</v>
       </c>
-      <c r="I6" s="6">
+      <c r="J6" s="6">
         <v>45291</v>
       </c>
-      <c r="J6" s="6">
+      <c r="K6" s="6">
         <v>45199</v>
       </c>
-      <c r="K6" s="6">
+      <c r="L6" s="6">
         <v>45107</v>
       </c>
-      <c r="L6" s="6">
+      <c r="M6" s="6">
         <v>45016</v>
       </c>
-      <c r="M6" s="6">
+      <c r="N6" s="6">
         <v>44926</v>
       </c>
-      <c r="N6" s="6">
+      <c r="O6" s="6">
         <v>44834</v>
       </c>
-      <c r="O6" s="6">
+      <c r="P6" s="6">
         <v>44742</v>
       </c>
-      <c r="P6" s="6">
+      <c r="Q6" s="6">
         <v>44651</v>
       </c>
-      <c r="Q6" s="6">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="7" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="9" t="e">
@@ -7040,66 +6200,57 @@
       </c>
       <c r="J8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="9" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="7" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="12" t="e">
@@ -7107,71 +6258,62 @@
       </c>
       <c r="J10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="12" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="17" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="10" t="e">
@@ -7179,61 +6321,52 @@
       </c>
       <c r="J13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="10" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="10" t="e">
@@ -7241,61 +6374,52 @@
       </c>
       <c r="J14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="10" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="10" t="e">
@@ -7303,61 +6427,52 @@
       </c>
       <c r="J15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="10" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="10" t="e">
@@ -7365,61 +6480,52 @@
       </c>
       <c r="J16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="10" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -7427,61 +6533,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="10" t="e">
@@ -7489,61 +6586,52 @@
       </c>
       <c r="J18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="10" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="10" t="e">
@@ -7551,61 +6639,52 @@
       </c>
       <c r="J19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="10" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
@@ -7613,61 +6692,52 @@
       </c>
       <c r="J20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="10" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="10" t="e">
@@ -7675,198 +6745,177 @@
       </c>
       <c r="J21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="10" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
-      <c r="R22" s="14"/>
-[...1 lines deleted...]
-      <c r="T22" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T25"/>
+  <dimension ref="A1:Q25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T25" sqref="T25"/>
+      <selection activeCell="Q25" sqref="Q25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="5"/>
       <c r="B8" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C8" s="6">
         <v>45930</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>45838</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>45747</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>45657</v>
       </c>
-      <c r="F8" s="6">
+      <c r="G8" s="6">
         <v>45565</v>
       </c>
-      <c r="G8" s="6">
+      <c r="H8" s="6">
         <v>45473</v>
       </c>
-      <c r="H8" s="6">
+      <c r="I8" s="6">
         <v>45382</v>
       </c>
-      <c r="I8" s="6">
+      <c r="J8" s="6">
         <v>45291</v>
       </c>
-      <c r="J8" s="6">
+      <c r="K8" s="6">
         <v>45199</v>
       </c>
-      <c r="K8" s="6">
+      <c r="L8" s="6">
         <v>45107</v>
       </c>
-      <c r="L8" s="6">
+      <c r="M8" s="6">
         <v>45016</v>
       </c>
-      <c r="M8" s="6">
+      <c r="N8" s="6">
         <v>44926</v>
       </c>
-      <c r="N8" s="6">
+      <c r="O8" s="6">
         <v>44834</v>
       </c>
-      <c r="O8" s="6">
+      <c r="P8" s="6">
         <v>44742</v>
       </c>
-      <c r="P8" s="6">
+      <c r="Q8" s="6">
         <v>44651</v>
       </c>
-      <c r="Q8" s="6">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="7" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -7874,61 +6923,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="10" t="e">
@@ -7936,66 +6976,57 @@
       </c>
       <c r="J11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="10" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="12" t="e">
@@ -8003,71 +7034,62 @@
       </c>
       <c r="J13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="12" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:20" customHeight="1" ht="28.8">
+    <row r="15" spans="1:17" customHeight="1" ht="28.8">
       <c r="A15" s="17" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="16" spans="1:20">
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="10" t="e">
@@ -8075,61 +7097,52 @@
       </c>
       <c r="J16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="10" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -8137,61 +7150,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="10" t="e">
@@ -8199,61 +7203,52 @@
       </c>
       <c r="J18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="10" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="10" t="e">
@@ -8261,61 +7256,52 @@
       </c>
       <c r="J19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="10" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
@@ -8323,61 +7309,52 @@
       </c>
       <c r="J20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="10" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="10" t="e">
@@ -8385,61 +7362,52 @@
       </c>
       <c r="J21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="10" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="10" t="e">
@@ -8447,61 +7415,52 @@
       </c>
       <c r="J22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R22" s="10" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="10" t="e">
@@ -8509,61 +7468,52 @@
       </c>
       <c r="J23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R23" s="10" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="10" t="e">
@@ -8571,193 +7521,172 @@
       </c>
       <c r="J24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P24" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q24" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R24" s="10" t="e">
-[...9 lines deleted...]
-    <row r="25" spans="1:20">
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
-      <c r="R25" s="14"/>
-[...1 lines deleted...]
-      <c r="T25" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T22"/>
+  <dimension ref="A1:Q22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T22" sqref="T22"/>
+      <selection activeCell="Q22" sqref="Q22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -8765,66 +7694,57 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
       <c r="A10" s="7" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="11" spans="1:20">
+    <row r="11" spans="1:17">
       <c r="A11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="12" t="e">
@@ -8832,71 +7752,62 @@
       </c>
       <c r="J11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="12" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="13" spans="1:20" customHeight="1" ht="28.8">
+    <row r="13" spans="1:17" customHeight="1" ht="28.8">
       <c r="A13" s="17" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="10" t="e">
@@ -8904,61 +7815,52 @@
       </c>
       <c r="J14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="10" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="10" t="e">
@@ -8966,61 +7868,52 @@
       </c>
       <c r="J15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="10" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="10" t="e">
@@ -9028,61 +7921,52 @@
       </c>
       <c r="J16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="10" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="10" t="e">
@@ -9090,61 +7974,52 @@
       </c>
       <c r="J17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="10" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="10" t="e">
@@ -9152,61 +8027,52 @@
       </c>
       <c r="J18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="10" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="10" t="e">
@@ -9214,61 +8080,52 @@
       </c>
       <c r="J19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="10" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
@@ -9276,61 +8133,52 @@
       </c>
       <c r="J20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="10" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="10" t="e">
@@ -9338,83 +8186,71 @@
       </c>
       <c r="J21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R21" s="10" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
-      <c r="R22" s="14"/>
-[...1 lines deleted...]
-      <c r="T22" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">