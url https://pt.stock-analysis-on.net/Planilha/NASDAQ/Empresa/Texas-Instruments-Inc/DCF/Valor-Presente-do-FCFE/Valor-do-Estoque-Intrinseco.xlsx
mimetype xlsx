--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Previsão de fluxo de caixa livre para patrimônio líquido (FCFE)</t>
   </si>
   <si>
     <t>US$ em milhões, exceto dados por ação</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFE(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valor presente em 17.07%</t>
+    <t>Valor presente em 17.50%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco das ações ordinárias Texas Instruments Inc.</t>
   </si>