--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1821,60 +1821,60 @@
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
         <v>0.6876</v>
       </c>
       <c r="C23" s="8">
         <v>0.6951</v>
       </c>
       <c r="D23" s="8">
         <v>0.6926</v>
       </c>
       <c r="E23" s="8">
         <v>0.6868</v>
       </c>
       <c r="F23" s="8">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="8">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="8">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="8">
         <v>0.0</v>
       </c>
       <c r="K23" s="8">
         <v>0.0</v>
       </c>
       <c r="L23" s="8">
         <v>0.0</v>
       </c>
       <c r="M23" s="8">
         <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
@@ -2693,60 +2693,60 @@
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
         <v>0.5063</v>
       </c>
       <c r="C23" s="8">
         <v>0.5184</v>
       </c>
       <c r="D23" s="8">
         <v>0.5152</v>
       </c>
       <c r="E23" s="8">
         <v>0.5055</v>
       </c>
       <c r="F23" s="8">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="8">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="8">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="8">
         <v>0.0</v>
       </c>
       <c r="K23" s="8">
         <v>0.0</v>
       </c>
       <c r="L23" s="8">
         <v>0.0</v>
       </c>
       <c r="M23" s="8">
         <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
@@ -3565,60 +3565,60 @@
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
         <v>0.4368</v>
       </c>
       <c r="C23" s="8">
         <v>0.4421</v>
       </c>
       <c r="D23" s="8">
         <v>0.4378</v>
       </c>
       <c r="E23" s="8">
         <v>0.4334</v>
       </c>
       <c r="F23" s="8">
-        <v>0.4235</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.4161</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="8">
-        <v>0.4012</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="8">
-        <v>0.4004</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="8">
         <v>0.0</v>
       </c>
       <c r="K23" s="8">
         <v>0.0</v>
       </c>
       <c r="L23" s="8">
         <v>0.0</v>
       </c>
       <c r="M23" s="8">
         <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
@@ -4437,60 +4437,60 @@
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
         <v>0.6002</v>
       </c>
       <c r="C23" s="8">
         <v>0.6152</v>
       </c>
       <c r="D23" s="8">
         <v>0.6086</v>
       </c>
       <c r="E23" s="8">
         <v>0.5862</v>
       </c>
       <c r="F23" s="8">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="8">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="8">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="8">
         <v>0.0</v>
       </c>
       <c r="K23" s="8">
         <v>0.0</v>
       </c>
       <c r="L23" s="8">
         <v>0.0</v>
       </c>
       <c r="M23" s="8">
         <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
@@ -5309,60 +5309,60 @@
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
         <v>0.3216</v>
       </c>
       <c r="C23" s="8">
         <v>0.3425</v>
       </c>
       <c r="D23" s="8">
         <v>0.3469</v>
       </c>
       <c r="E23" s="8">
         <v>0.3251</v>
       </c>
       <c r="F23" s="8">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.3145</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="8">
-        <v>0.3264</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="8">
-        <v>0.3144</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="8">
         <v>0.0</v>
       </c>
       <c r="K23" s="8">
         <v>0.0</v>
       </c>
       <c r="L23" s="8">
         <v>0.0</v>
       </c>
       <c r="M23" s="8">
         <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>