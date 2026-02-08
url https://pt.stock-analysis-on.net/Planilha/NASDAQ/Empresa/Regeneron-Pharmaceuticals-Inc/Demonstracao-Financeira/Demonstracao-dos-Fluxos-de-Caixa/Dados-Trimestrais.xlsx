--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -12,91 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Demonstração dos fluxos de cai…" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Regeneron Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>Demonstração do fluxo de caixa consolidado</t>
   </si>
   <si>
     <t>Dados trimestrais</t>
   </si>
   <si>
     <t>US$ em milhares</t>
   </si>
   <si>
     <t>3 meses encerrados</t>
   </si>
   <si>
     <t>Lucro líquido</t>
   </si>
   <si>
     <t>Depreciação e amortização</t>
   </si>
   <si>
     <t>Despesa de compensação baseada em ações</t>
   </si>
   <si>
     <t>Perdas (ganhos) em títulos negociáveis e outros, líquidas</t>
   </si>
   <si>
     <t>Outros, líquidos</t>
   </si>
   <si>
     <t>Imposto de renda diferido</t>
   </si>
   <si>
-    <t>Adquiriu pesquisa e desenvolvimento em processo em conexão com a aquisição de ativos</t>
-[...1 lines deleted...]
-  <si>
     <t>(Aumento) diminuição do contas a receber</t>
   </si>
   <si>
     <t>(Aumento) diminuição dos estoques</t>
   </si>
   <si>
     <t>(Aumento) diminuição de despesas pré-pagas e outros ativos</t>
   </si>
   <si>
     <t>Aumento (redução) da receita diferida</t>
   </si>
   <si>
     <t>Aumento (diminuição) de contas a pagar, despesas acumuladas e outros passivos</t>
   </si>
   <si>
     <t>Variações de ativos e passivos</t>
   </si>
   <si>
     <t>Ajustes para conciliar o lucro líquido com o caixa líquido fornecido pelas atividades operacionais</t>
   </si>
   <si>
     <t>Caixa líquido fornecido pelas atividades operacionais</t>
   </si>
   <si>
     <t>Compras de títulos negociáveis e outros</t>
@@ -108,59 +105,50 @@
     <t>Investimentos</t>
   </si>
   <si>
     <t>Pagamentos por ativos intangíveis</t>
   </si>
   <si>
     <t>Produto da venda de ativos imobilizados</t>
   </si>
   <si>
     <t>Aquisições, líquidas de caixa adquirido</t>
   </si>
   <si>
     <t>Caixa líquido (utilizado em) fornecido pelas atividades de investimento</t>
   </si>
   <si>
     <t>Produto da emissão de ações ordinárias</t>
   </si>
   <si>
     <t>Pagamentos relativos a ações ordinárias licitadas por obrigações fiscais de empregados</t>
   </si>
   <si>
     <t>Recompras de Ações Ordinárias</t>
   </si>
   <si>
     <t>Dividendos pagos</t>
-  </si>
-[...7 lines deleted...]
-    <t>Reembolso da linha de crédito intercalar</t>
   </si>
   <si>
     <t>Outros__________</t>
   </si>
   <si>
     <t>Caixa líquido fornecido pelas atividades de financiamento (utilizado em)</t>
   </si>
   <si>
     <t>Efeito das variações cambiais sobre caixa, equivalentes de caixa e caixa restrito</t>
   </si>
   <si>
     <t>Aumento (redução) líquido de caixa, equivalentes de caixa e caixa restrito</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-816]d &quot;de&quot; mmm &quot;de&quot; yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
@@ -603,161 +591,152 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X42"/>
+  <dimension ref="A1:U38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X42" sqref="X42"/>
+      <selection activeCell="U38" sqref="U38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:21">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:24">
+    <row r="8" spans="1:21">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C8" s="6">
         <v>45930</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>45838</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>45747</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>45657</v>
       </c>
-      <c r="F8" s="6">
+      <c r="G8" s="6">
         <v>45565</v>
       </c>
-      <c r="G8" s="6">
+      <c r="H8" s="6">
         <v>45473</v>
       </c>
-      <c r="H8" s="6">
+      <c r="I8" s="6">
         <v>45382</v>
       </c>
-      <c r="I8" s="6">
+      <c r="J8" s="6">
         <v>45291</v>
       </c>
-      <c r="J8" s="6">
+      <c r="K8" s="6">
         <v>45199</v>
       </c>
-      <c r="K8" s="6">
+      <c r="L8" s="6">
         <v>45107</v>
       </c>
-      <c r="L8" s="6">
+      <c r="M8" s="6">
         <v>45016</v>
       </c>
-      <c r="M8" s="6">
+      <c r="N8" s="6">
         <v>44926</v>
       </c>
-      <c r="N8" s="6">
+      <c r="O8" s="6">
         <v>44834</v>
       </c>
-      <c r="O8" s="6">
+      <c r="P8" s="6">
         <v>44742</v>
       </c>
-      <c r="P8" s="6">
+      <c r="Q8" s="6">
         <v>44651</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="R8" s="6">
         <v>44561</v>
       </c>
-      <c r="R8" s="6">
+      <c r="S8" s="6">
         <v>44469</v>
       </c>
-      <c r="S8" s="6">
+      <c r="T8" s="6">
         <v>44377</v>
       </c>
-      <c r="T8" s="6">
+      <c r="U8" s="6">
         <v>44286</v>
       </c>
-      <c r="U8" s="6">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
@@ -777,61 +756,52 @@
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
@@ -851,61 +821,52 @@
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -925,61 +886,52 @@
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -999,61 +951,52 @@
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="8" t="e">
@@ -1073,61 +1016,52 @@
       </c>
       <c r="N13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U13" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V13" s="8" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="8" t="e">
@@ -1147,62 +1081,53 @@
       </c>
       <c r="N14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U14" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V14" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A15" s="9" t="s">
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
         <v>#N/A</v>
@@ -1221,61 +1146,52 @@
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -1295,61 +1211,52 @@
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V16" s="8" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -1369,61 +1276,52 @@
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -1443,61 +1341,52 @@
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:24">
+    </row>
+    <row r="19" spans="1:21">
       <c r="A19" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -1517,136 +1406,118 @@
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V19" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A20" s="10" t="s">
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="B20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="12" t="e">
         <v>#N/A</v>
@@ -1665,62 +1536,53 @@
       </c>
       <c r="N21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="R21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="S21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="T21" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="U21" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V21" s="12" t="e">
-[...10 lines deleted...]
-      <c r="A22" s="13" t="s">
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="12" t="e">
         <v>#N/A</v>
@@ -1739,135 +1601,117 @@
       </c>
       <c r="N22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="R22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="S22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="T22" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="U22" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V22" s="12" t="e">
-[...10 lines deleted...]
-      <c r="A23" s="14" t="s">
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="12" t="e">
-[...69 lines deleted...]
-    <row r="24" spans="1:24">
+      <c r="B23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="8" t="e">
@@ -1887,61 +1731,52 @@
       </c>
       <c r="N24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U24" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V24" s="8" t="e">
-[...9 lines deleted...]
-    <row r="25" spans="1:24">
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I25" s="8" t="e">
@@ -1961,61 +1796,52 @@
       </c>
       <c r="N25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U25" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V25" s="8" t="e">
-[...9 lines deleted...]
-    <row r="26" spans="1:24">
+    </row>
+    <row r="26" spans="1:21">
       <c r="A26" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I26" s="8" t="e">
@@ -2035,61 +1861,52 @@
       </c>
       <c r="N26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T26" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U26" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V26" s="8" t="e">
-[...9 lines deleted...]
-    <row r="27" spans="1:24">
+    </row>
+    <row r="27" spans="1:21">
       <c r="A27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I27" s="8" t="e">
@@ -2109,61 +1926,52 @@
       </c>
       <c r="N27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T27" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U27" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V27" s="8" t="e">
-[...9 lines deleted...]
-    <row r="28" spans="1:24">
+    </row>
+    <row r="28" spans="1:21">
       <c r="A28" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I28" s="8" t="e">
@@ -2183,209 +1991,182 @@
       </c>
       <c r="N28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T28" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U28" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V28" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A29" s="7" t="s">
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A30" s="14" t="s">
+      <c r="B29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U29" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="A30" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="12" t="e">
-[...69 lines deleted...]
-    <row r="31" spans="1:24">
+      <c r="B30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
       <c r="A31" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I31" s="8" t="e">
@@ -2405,61 +2186,52 @@
       </c>
       <c r="N31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U31" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V31" s="8" t="e">
-[...9 lines deleted...]
-    <row r="32" spans="1:24">
+    </row>
+    <row r="32" spans="1:21">
       <c r="A32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I32" s="8" t="e">
@@ -2479,61 +2251,52 @@
       </c>
       <c r="N32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U32" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V32" s="8" t="e">
-[...9 lines deleted...]
-    <row r="33" spans="1:24">
+    </row>
+    <row r="33" spans="1:21">
       <c r="A33" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I33" s="8" t="e">
@@ -2553,61 +2316,52 @@
       </c>
       <c r="N33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U33" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V33" s="8" t="e">
-[...9 lines deleted...]
-    <row r="34" spans="1:24">
+    </row>
+    <row r="34" spans="1:21">
       <c r="A34" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I34" s="8" t="e">
@@ -2627,135 +2381,117 @@
       </c>
       <c r="N34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U34" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V34" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A35" s="7" t="s">
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35" s="14" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="8" t="e">
-[...69 lines deleted...]
-    <row r="36" spans="1:24">
+      <c r="B35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U35" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
       <c r="A36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I36" s="8" t="e">
@@ -2775,457 +2511,140 @@
       </c>
       <c r="N36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U36" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V36" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A37" s="7" t="s">
+    </row>
+    <row r="37" spans="1:21">
+      <c r="A37" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B37" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A38" s="7" t="s">
+      <c r="B37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U37" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21">
+      <c r="A38" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="8" t="e">
-[...317 lines deleted...]
-      <c r="X42" s="16"/>
+      <c r="B38" s="16"/>
+      <c r="C38" s="16"/>
+      <c r="D38" s="16"/>
+      <c r="E38" s="16"/>
+      <c r="F38" s="16"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="16"/>
+      <c r="I38" s="16"/>
+      <c r="J38" s="16"/>
+      <c r="K38" s="16"/>
+      <c r="L38" s="16"/>
+      <c r="M38" s="16"/>
+      <c r="N38" s="16"/>
+      <c r="O38" s="16"/>
+      <c r="P38" s="16"/>
+      <c r="Q38" s="16"/>
+      <c r="R38" s="16"/>
+      <c r="S38" s="16"/>
+      <c r="T38" s="16"/>
+      <c r="U38" s="16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">