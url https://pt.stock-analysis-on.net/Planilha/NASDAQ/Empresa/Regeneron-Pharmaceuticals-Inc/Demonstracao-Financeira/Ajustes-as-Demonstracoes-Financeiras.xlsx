--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -24,104 +24,101 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ativos totais" sheetId="1" r:id="rId4"/>
     <sheet name="Passivo circulante" sheetId="2" r:id="rId5"/>
     <sheet name="Total do passivo" sheetId="3" r:id="rId6"/>
     <sheet name="Patrimônio líquido" sheetId="4" r:id="rId7"/>
     <sheet name="Capital total" sheetId="5" r:id="rId8"/>
     <sheet name="Receitas" sheetId="6" r:id="rId9"/>
     <sheet name="Lucro líquido" sheetId="7" r:id="rId10"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Regeneron Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>Ativo total ajustado</t>
   </si>
   <si>
     <t>US$ em milhares</t>
   </si>
   <si>
     <t>Antes do ajuste</t>
   </si>
   <si>
     <t>Ativos totais</t>
   </si>
   <si>
     <t>Ajustes</t>
   </si>
   <si>
     <t>Mais: Ativo de direito de uso de arrendamento operacional (antes da adoção do FASB tópico 842)</t>
   </si>
   <si>
     <t>Menos: Tributos diferidos ativos</t>
   </si>
   <si>
     <t>Após ajuste</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Passivo circulante ajustado</t>
   </si>
   <si>
     <t>Passivo circulante</t>
   </si>
   <si>
     <t>Menos: Receita diferida, parcela corrente</t>
   </si>
   <si>
     <t>Total do passivo ajustado</t>
   </si>
   <si>
     <t>Total do passivo</t>
   </si>
   <si>
     <t>Mais: Responsabilidade por arrendamento operacional (antes da adoção do FASB tópico 842)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Menos: Passivo por impostos diferidos</t>
   </si>
   <si>
     <t>Menos: Receita diferida</t>
   </si>
   <si>
     <t>Patrimônio líquido ajustado</t>
   </si>
   <si>
     <t>Patrimônio líquido</t>
   </si>
   <si>
     <t>Menos: Activo (passivo) por impostos diferidos líquidos</t>
   </si>
   <si>
     <t>Mais: Receita diferida</t>
   </si>
   <si>
     <t>Capital total ajustado</t>
   </si>
   <si>
     <t>Passivo de arrendamento financeiro, parcela corrente</t>
   </si>
   <si>
     <t>Dívida de longo prazo</t>
   </si>
@@ -669,63 +666,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -835,63 +832,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -947,97 +944,97 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1066,244 +1063,224 @@
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
-[...20 lines deleted...]
-      <c r="A14" s="6" t="s">
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A16" s="11" t="s">
+      <c r="A15" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="11"/>
-[...3 lines deleted...]
-      <c r="F16" s="11"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="11"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
@@ -1322,359 +1299,359 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F26" sqref="F26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="34.8">
       <c r="A20" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="34.8">
       <c r="A24" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B25" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E25" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11"/>
       <c r="C26" s="11"/>
       <c r="D26" s="11"/>
       <c r="E26" s="11"/>
@@ -1693,136 +1670,136 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="9" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
@@ -1841,176 +1818,176 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11"/>