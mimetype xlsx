--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>PepsiCo Inc.</t>
   </si>
   <si>
     <t>Previsão de fluxo de caixa livre para a empresa (FCFF)</t>
   </si>
   <si>
     <t>US$ em milhões, exceto dados por ação</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFF(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valor presente em 8.68%</t>
+    <t>Valor presente em 8.69%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco do capital PepsiCo Inc.</t>
   </si>