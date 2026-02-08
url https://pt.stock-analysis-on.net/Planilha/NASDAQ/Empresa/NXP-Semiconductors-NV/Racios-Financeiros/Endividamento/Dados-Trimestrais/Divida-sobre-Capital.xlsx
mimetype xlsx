--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1013,60 +1013,60 @@
       </c>
       <c r="D25" s="15">
         <v>0.61</v>
       </c>
       <c r="E25" s="15">
         <v>0.66</v>
       </c>
       <c r="F25" s="15">
         <v>0.68</v>
       </c>
       <c r="G25" s="15">
         <v>0.68</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="15">
         <v>0.34</v>
       </c>
       <c r="C26" s="15">
         <v>0.36</v>
       </c>
       <c r="D26" s="15">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="15">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="15">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="15">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="16"/>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="16"/>
       <c r="G27" s="16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>