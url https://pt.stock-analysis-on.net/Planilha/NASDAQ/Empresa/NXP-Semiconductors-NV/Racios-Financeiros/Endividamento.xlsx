--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1436,51 +1436,51 @@
       </c>
       <c r="B27" s="7">
         <v>1.64</v>
       </c>
       <c r="C27" s="7">
         <v>2.67</v>
       </c>
       <c r="D27" s="7">
         <v>0.0</v>
       </c>
       <c r="E27" s="7">
         <v>0.0</v>
       </c>
       <c r="F27" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="7">
         <v>0.62</v>
       </c>
       <c r="C28" s="7">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="7">
         <v>0.0</v>
       </c>
       <c r="E28" s="7">
         <v>0.0</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="7">
         <v>0.52</v>
       </c>
       <c r="C30" s="7">
         <v>0.0</v>
@@ -1907,51 +1907,51 @@
       </c>
       <c r="B24" s="7">
         <v>0.61</v>
       </c>
       <c r="C24" s="7">
         <v>0.72</v>
       </c>
       <c r="D24" s="7">
         <v>0.0</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="7">
         <v>0.37</v>
       </c>
       <c r="C25" s="7">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="7">
         <v>0.0</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="7">
         <v>0.33</v>
       </c>
       <c r="C27" s="7">
         <v>0.0</v>
@@ -2438,51 +2438,51 @@
       </c>
       <c r="B27" s="7">
         <v>0.62</v>
       </c>
       <c r="C27" s="7">
         <v>0.73</v>
       </c>
       <c r="D27" s="7">
         <v>0.0</v>
       </c>
       <c r="E27" s="7">
         <v>0.0</v>
       </c>
       <c r="F27" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="7">
         <v>0.38</v>
       </c>
       <c r="C28" s="7">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="7">
         <v>0.0</v>
       </c>
       <c r="E28" s="7">
         <v>0.0</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="13" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="7">
         <v>0.34</v>
       </c>
       <c r="C30" s="7">
         <v>0.0</v>
@@ -2889,51 +2889,51 @@
       </c>
       <c r="B24" s="7">
         <v>0.38</v>
       </c>
       <c r="C24" s="7">
         <v>0.44</v>
       </c>
       <c r="D24" s="7">
         <v>0.0</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="7">
         <v>0.31</v>
       </c>
       <c r="C25" s="7">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="7">
         <v>0.0</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="7">
         <v>0.26</v>
       </c>
       <c r="C27" s="7">
         <v>0.0</v>
@@ -3400,51 +3400,51 @@
       </c>
       <c r="B27" s="7">
         <v>0.4</v>
       </c>
       <c r="C27" s="7">
         <v>0.46</v>
       </c>
       <c r="D27" s="7">
         <v>0.0</v>
       </c>
       <c r="E27" s="7">
         <v>0.0</v>
       </c>
       <c r="F27" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="7">
         <v>0.33</v>
       </c>
       <c r="C28" s="7">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="7">
         <v>0.0</v>
       </c>
       <c r="E28" s="7">
         <v>0.0</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="7">
         <v>0.27</v>
       </c>
       <c r="C30" s="7">
         <v>0.0</v>
@@ -3811,51 +3811,51 @@
       </c>
       <c r="B21" s="7">
         <v>4.14</v>
       </c>
       <c r="C21" s="7">
         <v>5.86</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="7">
         <v>1.85</v>
       </c>
       <c r="C22" s="7">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B24" s="7">
         <v>1.89</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -4282,51 +4282,51 @@
       </c>
       <c r="B24" s="7">
         <v>19.38</v>
       </c>
       <c r="C24" s="7">
         <v>10.5</v>
       </c>
       <c r="D24" s="7">
         <v>0.0</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="7">
         <v>49.47</v>
       </c>
       <c r="C25" s="7">
-        <v>32.67</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="7">
         <v>0.0</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="7">
         <v>18.41</v>
       </c>
       <c r="C27" s="7">
         <v>0.0</v>
@@ -4853,51 +4853,51 @@
       </c>
       <c r="B30" s="7">
         <v>14.48</v>
       </c>
       <c r="C30" s="7">
         <v>8.3</v>
       </c>
       <c r="D30" s="7">
         <v>0.0</v>
       </c>
       <c r="E30" s="7">
         <v>0.0</v>
       </c>
       <c r="F30" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="7">
         <v>36.25</v>
       </c>
       <c r="C31" s="7">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
       <c r="D31" s="7">
         <v>0.0</v>
       </c>
       <c r="E31" s="7">
         <v>0.0</v>
       </c>
       <c r="F31" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:6" customHeight="1" ht="28.8">
       <c r="A32" s="13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="7">
         <v>12.75</v>
       </c>
       <c r="C33" s="7">
         <v>0.0</v>