--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1548,60 +1548,60 @@
       <c r="G25" s="10">
         <v>8.57</v>
       </c>
       <c r="H25" s="10">
         <v>7.74</v>
       </c>
       <c r="I25" s="10">
         <v>10.029999999999999</v>
       </c>
       <c r="J25" s="10">
         <v>9.79</v>
       </c>
       <c r="K25" s="10">
         <v>11.33</v>
       </c>
       <c r="L25" s="10">
         <v>9.88</v>
       </c>
       <c r="M25" s="10">
         <v>11.12</v>
       </c>
       <c r="N25" s="10">
         <v>11.14</v>
       </c>
       <c r="O25" s="10">
-        <v>11.87</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="10">
-        <v>14.22</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="10">
-        <v>15.22</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="10">
-        <v>16.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" s="15"/>
     </row>
   </sheetData>