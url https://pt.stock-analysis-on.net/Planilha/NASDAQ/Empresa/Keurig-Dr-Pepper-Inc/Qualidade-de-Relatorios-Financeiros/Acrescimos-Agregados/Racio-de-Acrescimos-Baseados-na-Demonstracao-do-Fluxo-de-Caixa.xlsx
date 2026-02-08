--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -742,51 +742,51 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>0.0</v>
       </c>
       <c r="D16" s="14">
         <v>0.0</v>
       </c>
       <c r="E16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="14">
-        <v>-0.0348</v>
+        <v>0.0</v>
       </c>
       <c r="C17" s="14">
         <v>0.0</v>
       </c>
       <c r="D17" s="14">
         <v>0.0</v>
       </c>
       <c r="E17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="14">
         <v>-0.0137</v>
       </c>
       <c r="C19" s="14">
         <v>0.0</v>