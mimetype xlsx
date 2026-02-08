--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1119,51 +1119,51 @@
       </c>
       <c r="L18" s="13">
         <v>29.0</v>
       </c>
       <c r="M18" s="13">
         <v>51.0</v>
       </c>
       <c r="N18" s="13">
         <v>74.0</v>
       </c>
       <c r="O18" s="13">
         <v>77.0</v>
       </c>
       <c r="P18" s="13">
         <v>83.0</v>
       </c>
       <c r="Q18" s="13">
         <v>85.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="13">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C19" s="13">
         <v>39.0</v>
       </c>
       <c r="D19" s="13">
         <v>46.0</v>
       </c>
       <c r="E19" s="13">
         <v>47.0</v>
       </c>
       <c r="F19" s="13">
         <v>46.0</v>
       </c>
       <c r="G19" s="13">
         <v>45.0</v>
       </c>
       <c r="H19" s="13">
         <v>48.0</v>
       </c>
       <c r="I19" s="13">
         <v>31.0</v>
       </c>
       <c r="J19" s="13">
         <v>45.0</v>
       </c>