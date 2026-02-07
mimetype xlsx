--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -954,131 +954,131 @@
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>0.4612</v>
       </c>
       <c r="C12" s="7">
         <v>0.4493</v>
       </c>
       <c r="D12" s="7">
         <v>0.4825</v>
       </c>
       <c r="E12" s="7">
-        <v>0.4453</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.6401</v>
       </c>
       <c r="C13" s="7">
         <v>0.627</v>
       </c>
       <c r="D13" s="7">
         <v>0.6183</v>
       </c>
       <c r="E13" s="7">
         <v>0.6587</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.467</v>
       </c>
       <c r="C14" s="7">
         <v>0.4651</v>
       </c>
       <c r="D14" s="7">
         <v>0.4732</v>
       </c>
       <c r="E14" s="7">
         <v>0.4472</v>
       </c>
       <c r="F14" s="7">
-        <v>0.4372</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>0.6893</v>
       </c>
       <c r="C15" s="7">
         <v>0.6655</v>
       </c>
       <c r="D15" s="7">
         <v>0.6136</v>
       </c>
       <c r="E15" s="7">
         <v>0.5658</v>
       </c>
       <c r="F15" s="7">
-        <v>0.5524</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>0.4004</v>
       </c>
       <c r="C16" s="7">
         <v>0.4261</v>
       </c>
       <c r="D16" s="7">
         <v>0.5545</v>
       </c>
       <c r="E16" s="7">
-        <v>0.5601</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>0.5981</v>
       </c>
       <c r="C17" s="7">
         <v>0.61</v>
       </c>
       <c r="D17" s="7">
         <v>0.5993</v>
       </c>
       <c r="E17" s="7">
         <v>0.5781</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -1315,131 +1315,131 @@
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>0.0177</v>
       </c>
       <c r="C12" s="7">
         <v>0.0536</v>
       </c>
       <c r="D12" s="7">
         <v>0.222</v>
       </c>
       <c r="E12" s="7">
-        <v>0.1402</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.3107</v>
       </c>
       <c r="C13" s="7">
         <v>0.2729</v>
       </c>
       <c r="D13" s="7">
         <v>0.2312</v>
       </c>
       <c r="E13" s="7">
         <v>0.2674</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.2886</v>
       </c>
       <c r="C14" s="7">
         <v>0.302</v>
       </c>
       <c r="D14" s="7">
         <v>0.2987</v>
       </c>
       <c r="E14" s="7">
         <v>0.2537</v>
       </c>
       <c r="F14" s="7">
-        <v>0.2293</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>0.4525</v>
       </c>
       <c r="C15" s="7">
         <v>0.4284</v>
       </c>
       <c r="D15" s="7">
         <v>0.3103</v>
       </c>
       <c r="E15" s="7">
         <v>0.168</v>
       </c>
       <c r="F15" s="7">
-        <v>0.1524</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>0.0017</v>
       </c>
       <c r="C16" s="7">
         <v>0.037</v>
       </c>
       <c r="D16" s="7">
         <v>0.2462</v>
       </c>
       <c r="E16" s="7">
-        <v>0.3041</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>0.3806</v>
       </c>
       <c r="C17" s="7">
         <v>0.3967</v>
       </c>
       <c r="D17" s="7">
         <v>0.3597</v>
       </c>
       <c r="E17" s="7">
         <v>0.2587</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -1540,76 +1540,76 @@
         <v>0.4076</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.185</v>
       </c>
       <c r="C24" s="7">
         <v>0.2734</v>
       </c>
       <c r="D24" s="7">
         <v>0.283</v>
       </c>
       <c r="E24" s="7">
-        <v>0.2589</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.2442</v>
       </c>
       <c r="C26" s="7">
         <v>0.2632</v>
       </c>
       <c r="D26" s="7">
         <v>0.2664</v>
       </c>
       <c r="E26" s="7">
-        <v>0.2267</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -1726,131 +1726,131 @@
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>0.0377</v>
       </c>
       <c r="C12" s="7">
         <v>0.0559</v>
       </c>
       <c r="D12" s="7">
         <v>0.1924</v>
       </c>
       <c r="E12" s="7">
-        <v>0.255</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.2694</v>
       </c>
       <c r="C13" s="7">
         <v>0.2288</v>
       </c>
       <c r="D13" s="7">
         <v>0.19</v>
       </c>
       <c r="E13" s="7">
         <v>0.2179</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.2586</v>
       </c>
       <c r="C14" s="7">
         <v>0.2531</v>
       </c>
       <c r="D14" s="7">
         <v>0.2553</v>
       </c>
       <c r="E14" s="7">
         <v>0.2104</v>
       </c>
       <c r="F14" s="7">
-        <v>0.1852</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>0.3931</v>
       </c>
       <c r="C15" s="7">
         <v>0.3462</v>
       </c>
       <c r="D15" s="7">
         <v>0.2454</v>
       </c>
       <c r="E15" s="7">
         <v>0.1239</v>
       </c>
       <c r="F15" s="7">
-        <v>0.1205</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>0.0311</v>
       </c>
       <c r="C16" s="7">
         <v>0.1271</v>
       </c>
       <c r="D16" s="7">
         <v>0.2514</v>
       </c>
       <c r="E16" s="7">
-        <v>0.2684</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>0.3227</v>
       </c>
       <c r="C17" s="7">
         <v>0.3606</v>
       </c>
       <c r="D17" s="7">
         <v>0.3004</v>
       </c>
       <c r="E17" s="7">
         <v>0.2096</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -1951,76 +1951,76 @@
         <v>0.3869</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.1706</v>
       </c>
       <c r="C24" s="7">
         <v>0.2554</v>
       </c>
       <c r="D24" s="7">
         <v>0.2583</v>
       </c>
       <c r="E24" s="7">
-        <v>0.231</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.2033</v>
       </c>
       <c r="C26" s="7">
         <v>0.2235</v>
       </c>
       <c r="D26" s="7">
         <v>0.2354</v>
       </c>
       <c r="E26" s="7">
-        <v>0.1965</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -2137,131 +2137,131 @@
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>0.0153</v>
       </c>
       <c r="C12" s="7">
         <v>0.0241</v>
       </c>
       <c r="D12" s="7">
         <v>0.4218</v>
       </c>
       <c r="E12" s="7">
-        <v>0.4266</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.0932</v>
       </c>
       <c r="C13" s="7">
         <v>0.0754</v>
       </c>
       <c r="D13" s="7">
         <v>0.0366</v>
       </c>
       <c r="E13" s="7">
         <v>0.1017</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.4194</v>
       </c>
       <c r="C14" s="7">
         <v>0.5351</v>
       </c>
       <c r="D14" s="7">
         <v>0.4808</v>
       </c>
       <c r="E14" s="7">
         <v>0.3421</v>
       </c>
       <c r="F14" s="7">
-        <v>0.3294</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>0.587</v>
       </c>
       <c r="C15" s="7">
         <v>0.5062</v>
       </c>
       <c r="D15" s="7">
         <v>0.2699</v>
       </c>
       <c r="E15" s="7">
         <v>0.124</v>
       </c>
       <c r="F15" s="7">
-        <v>0.1092</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>0.016</v>
       </c>
       <c r="C16" s="7">
         <v>0.079</v>
       </c>
       <c r="D16" s="7">
         <v>0.2083</v>
       </c>
       <c r="E16" s="7">
-        <v>0.2579</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>1.1601</v>
       </c>
       <c r="C17" s="7">
         <v>2.3704</v>
       </c>
       <c r="D17" s="7">
         <v>0.6153</v>
       </c>
       <c r="E17" s="7">
         <v>0.4565</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -2362,76 +2362,76 @@
         <v>0.609</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.133</v>
       </c>
       <c r="C24" s="7">
         <v>0.227</v>
       </c>
       <c r="D24" s="7">
         <v>0.2579</v>
       </c>
       <c r="E24" s="7">
-        <v>0.2453</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.3185</v>
       </c>
       <c r="C26" s="7">
         <v>0.3886</v>
       </c>
       <c r="D26" s="7">
         <v>0.4221</v>
       </c>
       <c r="E26" s="7">
-        <v>0.3567</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -2548,131 +2548,131 @@
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
         <v>0.0126</v>
       </c>
       <c r="C12" s="7">
         <v>0.0195</v>
       </c>
       <c r="D12" s="7">
         <v>0.2546</v>
       </c>
       <c r="E12" s="7">
-        <v>0.2778</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.0679</v>
       </c>
       <c r="C13" s="7">
         <v>0.0546</v>
       </c>
       <c r="D13" s="7">
         <v>0.0266</v>
       </c>
       <c r="E13" s="7">
         <v>0.0569</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.2231</v>
       </c>
       <c r="C14" s="7">
         <v>0.2441</v>
       </c>
       <c r="D14" s="7">
         <v>0.228</v>
       </c>
       <c r="E14" s="7">
         <v>0.1619</v>
       </c>
       <c r="F14" s="7">
-        <v>0.1422</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>0.1933</v>
       </c>
       <c r="C15" s="7">
         <v>0.1569</v>
       </c>
       <c r="D15" s="7">
         <v>0.0891</v>
       </c>
       <c r="E15" s="7">
         <v>0.039</v>
       </c>
       <c r="F15" s="7">
-        <v>0.0404</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>0.0088</v>
       </c>
       <c r="C16" s="7">
         <v>0.044</v>
       </c>
       <c r="D16" s="7">
         <v>0.118</v>
       </c>
       <c r="E16" s="7">
-        <v>0.1365</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>0.2407</v>
       </c>
       <c r="C17" s="7">
         <v>0.2637</v>
       </c>
       <c r="D17" s="7">
         <v>0.2023</v>
       </c>
       <c r="E17" s="7">
         <v>0.1311</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -2773,76 +2773,76 @@
         <v>0.2891</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.0741</v>
       </c>
       <c r="C24" s="7">
         <v>0.1268</v>
       </c>
       <c r="D24" s="7">
         <v>0.1362</v>
       </c>
       <c r="E24" s="7">
-        <v>0.118</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.1247</v>
       </c>
       <c r="C26" s="7">
         <v>0.1449</v>
       </c>
       <c r="D26" s="7">
         <v>0.146</v>
       </c>
       <c r="E26" s="7">
-        <v>0.1143</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>