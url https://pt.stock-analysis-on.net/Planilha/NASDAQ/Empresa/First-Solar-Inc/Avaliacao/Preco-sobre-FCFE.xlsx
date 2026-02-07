--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1014,64 +1014,64 @@
       <c r="B20" s="13">
         <v>300.36000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="13">
         <v>75.59</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="13">
         <v>11.31</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="13">
-        <v>51.88</v>
+        <v>65.84999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="13">
-        <v>174.84999999999999</v>
+        <v>174.84</v>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="13">
         <v>62.44</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -1434,51 +1434,51 @@
       </c>
       <c r="D23" s="13">
         <v>17.93</v>
       </c>
       <c r="E23" s="13">
         <v>34.91</v>
       </c>
       <c r="F23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="13">
         <v>37.61</v>
       </c>
       <c r="C24" s="13">
         <v>23.88</v>
       </c>
       <c r="D24" s="13">
         <v>21.87</v>
       </c>
       <c r="E24" s="13">
-        <v>24.1</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="13">
         <v>47.55</v>
       </c>
       <c r="C26" s="13">
         <v>29.02</v>
       </c>
       <c r="D26" s="13">
         <v>24.87</v>
       </c>
       <c r="E26" s="13">
         <v>0.0</v>