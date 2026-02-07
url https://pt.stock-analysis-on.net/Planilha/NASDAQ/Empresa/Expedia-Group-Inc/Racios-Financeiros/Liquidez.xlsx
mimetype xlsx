--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -847,51 +847,51 @@
       <c r="E9" s="12">
         <v>0.64</v>
       </c>
       <c r="F9" s="12">
         <v>0.7</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="6">
         <v>1.14</v>
       </c>
       <c r="C12" s="6">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="6">
         <v>0.0</v>
       </c>
       <c r="E12" s="6">
         <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="6">
         <v>1.23</v>
       </c>
       <c r="C13" s="6">
         <v>1.08</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
@@ -1198,51 +1198,51 @@
       <c r="E14" s="12">
         <v>0.61</v>
       </c>
       <c r="F14" s="12">
         <v>0.67</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="6">
         <v>0.86</v>
       </c>
       <c r="C17" s="6">
-        <v>0.83</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="6">
         <v>0.47</v>
       </c>
       <c r="C18" s="6">
         <v>0.23</v>
       </c>
       <c r="D18" s="6">
         <v>0.0</v>
       </c>
       <c r="E18" s="6">
@@ -1529,51 +1529,51 @@
       <c r="E13" s="12">
         <v>0.34</v>
       </c>
       <c r="F13" s="12">
         <v>0.43</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>0.68</v>
       </c>
       <c r="C16" s="6">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>0.34</v>
       </c>
       <c r="C17" s="6">
         <v>0.12</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">