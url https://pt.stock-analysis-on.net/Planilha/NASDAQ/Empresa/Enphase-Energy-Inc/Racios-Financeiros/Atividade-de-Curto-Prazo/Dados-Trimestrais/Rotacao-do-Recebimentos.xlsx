--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1311,60 +1311,60 @@
       <c r="B22" s="13">
         <v>9.8</v>
       </c>
       <c r="C22" s="13">
         <v>9.17</v>
       </c>
       <c r="D22" s="13">
         <v>9.62</v>
       </c>
       <c r="E22" s="13">
         <v>10.39</v>
       </c>
       <c r="F22" s="13">
         <v>10.57</v>
       </c>
       <c r="G22" s="13">
         <v>9.9</v>
       </c>
       <c r="H22" s="13">
         <v>8.95</v>
       </c>
       <c r="I22" s="13">
         <v>10.56</v>
       </c>
       <c r="J22" s="13">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="13">
-        <v>10.64</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="13">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="13">
-        <v>9.74</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
         <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>