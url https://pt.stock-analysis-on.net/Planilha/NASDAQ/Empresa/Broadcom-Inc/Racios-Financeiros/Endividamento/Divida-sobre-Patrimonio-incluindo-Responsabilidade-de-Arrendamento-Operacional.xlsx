--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1027,66 +1027,66 @@
       </c>
       <c r="B26" s="14">
         <v>0.74</v>
       </c>
       <c r="C26" s="14">
         <v>0.59</v>
       </c>
       <c r="D26" s="14">
         <v>0.74</v>
       </c>
       <c r="E26" s="14">
         <v>0.9</v>
       </c>
       <c r="F26" s="14">
         <v>1.64</v>
       </c>
       <c r="G26" s="14">
         <v>2.67</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="14">
-        <v>0.0</v>
+        <v>0.91</v>
       </c>
       <c r="C27" s="14">
         <v>0.85</v>
       </c>
       <c r="D27" s="14">
         <v>0.7</v>
       </c>
       <c r="E27" s="14">
         <v>0.63</v>
       </c>
       <c r="F27" s="14">
         <v>0.62</v>
       </c>
       <c r="G27" s="14">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="28.8">
       <c r="A28" s="12" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="14">
         <v>0.0</v>
       </c>
       <c r="C29" s="14">
         <v>0.48</v>
       </c>
       <c r="D29" s="14">
         <v>0.48</v>
       </c>
       <c r="E29" s="14">
         <v>0.45</v>
       </c>
       <c r="F29" s="14">
         <v>0.52</v>