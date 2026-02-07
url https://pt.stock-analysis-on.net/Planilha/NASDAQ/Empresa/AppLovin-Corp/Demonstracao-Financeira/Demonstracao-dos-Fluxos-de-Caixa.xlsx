--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Demonstração dos fluxos de cai…" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Demonstração do fluxo de caixa consolidado</t>
   </si>
   <si>
     <t>US$ em milhares</t>
   </si>
   <si>
     <t>12 meses encerrados</t>
   </si>
   <si>
     <t>Lucro (prejuízo) líquido</t>
   </si>
   <si>
     <t>Amortização, depreciação e baixas</t>
   </si>
   <si>
     <t>Remuneração baseada em ações, excluindo prêmios liquidados em dinheiro</t>
   </si>
   <si>
     <t>Imparidade de investimentos</t>
   </si>
   <si>
@@ -160,67 +157,58 @@
   </si>
   <si>
     <t>Efeito da taxa de câmbio sobre caixa, equivalentes de caixa e equivalentes de caixa restritos</t>
   </si>
   <si>
     <t>Aumento (redução) líquido de caixa, equivalentes de caixa e equivalentes de caixa restritos</t>
   </si>
   <si>
     <t>Caixa, equivalentes de caixa e equivalentes de caixa restritos no início do período</t>
   </si>
   <si>
     <t>Caixa e equivalentes de caixa no final do período</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-816]d &quot;de&quot; mmm &quot;de&quot; yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -265,89 +253,88 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -611,786 +598,781 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E48"/>
+  <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E48" sqref="E48"/>
+      <selection activeCell="E46" sqref="E46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:5">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+    </row>
     <row r="6" spans="1:5">
-      <c r="A6" t="s">
-        <v>3</v>
+      <c r="A6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1579776.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>356711.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>-192947.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>35338.0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="4" t="s">
-[...12 lines deleted...]
-        <v>44561</v>
+      <c r="A7" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="6">
+        <v>448680.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>489008.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>547084.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>431063.0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
-      <c r="A8" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="6">
+        <v>369367.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>363107.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>191612.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>133177.0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>27953.0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="6">
+        <v>28375.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>4337.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>18236.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="6">
+        <v>12689.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>17842.0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>17107.0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>26313.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="6">
+        <v>5460.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>9363.0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>12678.0</v>
+      </c>
+      <c r="E12" s="6">
+        <v>12825.0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1646.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>127892.0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="6">
+        <v>2557.0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1863.0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>1786.0</v>
+      </c>
+      <c r="E14" s="6">
+        <v>-10805.0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="8" t="s">
-        <v>12</v>
-[...11 lines deleted...]
-        <v>#N/A</v>
+        <v>13</v>
+      </c>
+      <c r="B15" s="6">
+        <v>-467028.0</v>
+      </c>
+      <c r="C15" s="6">
+        <v>-261279.0</v>
+      </c>
+      <c r="D15" s="6">
+        <v>-174829.0</v>
+      </c>
+      <c r="E15" s="6">
+        <v>-201948.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="8" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>#N/A</v>
+        <v>14</v>
+      </c>
+      <c r="B16" s="6">
+        <v>4056.0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>-12280.0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>-3725.0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>-97324.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
-      <c r="A17" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="6">
+        <v>-189387.0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>-121688.0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>-77343.0</v>
+      </c>
+      <c r="E17" s="6">
+        <v>-45938.0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
-      <c r="A18" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="6">
+        <v>189585.0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>98574.0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>3479.0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>98612.0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
-      <c r="A19" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="6">
+        <v>-14106.0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>-18612.0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>-18898.0</v>
+      </c>
+      <c r="E19" s="6">
+        <v>-26854.0</v>
       </c>
     </row>
     <row r="20" spans="1:5">
-      <c r="A20" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="6">
+        <v>133974.0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>92754.0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>-6412.0</v>
+      </c>
+      <c r="E20" s="6">
+        <v>3063.0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
-      <c r="A21" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="6">
+        <v>-6633.0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>13857.0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>-14711.0</v>
+      </c>
+      <c r="E21" s="6">
+        <v>-13907.0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="9" t="s">
-        <v>19</v>
-[...11 lines deleted...]
-        <v>#N/A</v>
+        <v>20</v>
+      </c>
+      <c r="B22" s="10">
+        <v>-349539.0</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-208674.0</v>
+      </c>
+      <c r="D22" s="10">
+        <v>-292439.0</v>
+      </c>
+      <c r="E22" s="10">
+        <v>-284296.0</v>
       </c>
     </row>
     <row r="23" spans="1:5">
-      <c r="A23" s="9" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="10">
+        <v>519235.0</v>
+      </c>
+      <c r="C23" s="10">
+        <v>704799.0</v>
+      </c>
+      <c r="D23" s="10">
+        <v>605720.0</v>
+      </c>
+      <c r="E23" s="10">
+        <v>326513.0</v>
       </c>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="10" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="10">
+        <v>2099011.0</v>
+      </c>
+      <c r="C24" s="10">
+        <v>1061510.0</v>
+      </c>
+      <c r="D24" s="10">
+        <v>412773.0</v>
+      </c>
+      <c r="E24" s="10">
+        <v>361851.0</v>
       </c>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="12" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="6">
+        <v>-76983.0</v>
+      </c>
+      <c r="C25" s="6">
+        <v>-17934.0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>-66342.0</v>
+      </c>
+      <c r="E25" s="6">
+        <v>-15000.0</v>
       </c>
     </row>
     <row r="26" spans="1:5">
-      <c r="A26" s="13" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="6">
+        <v>-25553.0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>-63899.0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>-1345776.0</v>
+      </c>
+      <c r="E26" s="6">
+        <v>-1210549.0</v>
       </c>
     </row>
     <row r="27" spans="1:5">
-      <c r="A27" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="6">
+        <v>-4776.0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>-4246.0</v>
+      </c>
+      <c r="D27" s="6">
+        <v>-662.0</v>
+      </c>
+      <c r="E27" s="6">
+        <v>-1390.0</v>
       </c>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A28" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="6">
+        <v>558.0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>8250.0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>41312.0</v>
+      </c>
+      <c r="E28" s="6">
+        <v>12009.0</v>
       </c>
     </row>
     <row r="29" spans="1:5">
-      <c r="A29" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A29" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="10">
+        <v>-106754.0</v>
+      </c>
+      <c r="C29" s="10">
+        <v>-77829.0</v>
+      </c>
+      <c r="D29" s="10">
+        <v>-1371468.0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>-1214930.0</v>
       </c>
     </row>
     <row r="30" spans="1:5">
-      <c r="A30" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A30" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="6">
+        <v>-4225223.0</v>
+      </c>
+      <c r="C30" s="6">
+        <v>-497994.0</v>
+      </c>
+      <c r="D30" s="6">
+        <v>-25810.0</v>
+      </c>
+      <c r="E30" s="6">
+        <v>-719810.0</v>
       </c>
     </row>
     <row r="31" spans="1:5">
-      <c r="A31" s="13" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A31" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="6">
+        <v>-1143525.0</v>
+      </c>
+      <c r="C31" s="6">
+        <v>-246435.0</v>
+      </c>
+      <c r="D31" s="6">
+        <v>-27535.0</v>
+      </c>
+      <c r="E31" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:5">
-      <c r="A32" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A32" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="6">
+        <v>-981297.0</v>
+      </c>
+      <c r="C32" s="6">
+        <v>-1153593.0</v>
+      </c>
+      <c r="D32" s="6">
+        <v>-338880.0</v>
+      </c>
+      <c r="E32" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:5">
-      <c r="A33" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A33" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>-33903.0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>-124184.0</v>
+      </c>
+      <c r="E33" s="6">
+        <v>-234068.0</v>
       </c>
     </row>
     <row r="34" spans="1:5">
-      <c r="A34" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A34" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>-27110.0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>-17374.0</v>
+      </c>
+      <c r="E34" s="6">
+        <v>-17970.0</v>
       </c>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A35" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="6">
+        <v>-35563.0</v>
+      </c>
+      <c r="C35" s="6">
+        <v>-4655.0</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E35" s="6">
+        <v>-14941.0</v>
       </c>
     </row>
     <row r="36" spans="1:5">
-      <c r="A36" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A36" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="6">
+        <v>-20875.0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>-20170.0</v>
+      </c>
+      <c r="D36" s="6">
+        <v>-24083.0</v>
+      </c>
+      <c r="E36" s="6">
+        <v>-15271.0</v>
       </c>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A37" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="6">
+        <v>4614841.0</v>
+      </c>
+      <c r="C37" s="6">
+        <v>395281.0</v>
+      </c>
+      <c r="D37" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E37" s="6">
+        <v>2344000.0</v>
       </c>
     </row>
     <row r="38" spans="1:5">
-      <c r="A38" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A38" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="6">
+        <v>41798.0</v>
+      </c>
+      <c r="C38" s="6">
+        <v>25788.0</v>
+      </c>
+      <c r="D38" s="6">
+        <v>31018.0</v>
+      </c>
+      <c r="E38" s="6">
+        <v>34033.0</v>
       </c>
     </row>
     <row r="39" spans="1:5">
-      <c r="A39" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A39" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C39" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D39" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E39" s="6">
+        <v>1745228.0</v>
       </c>
     </row>
     <row r="40" spans="1:5">
-      <c r="A40" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A40" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C40" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E40" s="6">
+        <v>-11655.0</v>
       </c>
     </row>
     <row r="41" spans="1:5">
-      <c r="A41" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A41" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="10">
+        <v>-1749844.0</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-1562791.0</v>
+      </c>
+      <c r="D41" s="10">
+        <v>-526848.0</v>
+      </c>
+      <c r="E41" s="10">
+        <v>3109546.0</v>
       </c>
     </row>
     <row r="42" spans="1:5">
-      <c r="A42" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A42" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="6">
+        <v>-3154.0</v>
+      </c>
+      <c r="C42" s="6">
+        <v>778.0</v>
+      </c>
+      <c r="D42" s="6">
+        <v>-4477.0</v>
+      </c>
+      <c r="E42" s="6">
+        <v>-3198.0</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="13" t="s">
-        <v>40</v>
-[...11 lines deleted...]
-        <v>#N/A</v>
+        <v>41</v>
+      </c>
+      <c r="B43" s="10">
+        <v>239259.0</v>
+      </c>
+      <c r="C43" s="10">
+        <v>-578332.0</v>
+      </c>
+      <c r="D43" s="10">
+        <v>-1490020.0</v>
+      </c>
+      <c r="E43" s="10">
+        <v>2253269.0</v>
       </c>
     </row>
     <row r="44" spans="1:5">
-      <c r="A44" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A44" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" s="6">
+        <v>502152.0</v>
+      </c>
+      <c r="C44" s="6">
+        <v>1080484.0</v>
+      </c>
+      <c r="D44" s="6">
+        <v>2570504.0</v>
+      </c>
+      <c r="E44" s="6">
+        <v>317235.0</v>
       </c>
     </row>
     <row r="45" spans="1:5">
-      <c r="A45" s="14" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A45" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="10">
+        <v>741411.0</v>
+      </c>
+      <c r="C45" s="10">
+        <v>502152.0</v>
+      </c>
+      <c r="D45" s="10">
+        <v>1080484.0</v>
+      </c>
+      <c r="E45" s="10">
+        <v>2570504.0</v>
       </c>
     </row>
     <row r="46" spans="1:5">
-      <c r="A46" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A47" s="14" t="s">
+      <c r="A46" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="B47" s="11" t="e">
-[...19 lines deleted...]
-      <c r="E48" s="15"/>
+      <c r="B46" s="14"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">