--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Previsão de fluxo de caixa livre para patrimônio líquido (FCFE)</t>
   </si>
   <si>
     <t>US$ em milhares, exceto dados por ação</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFE(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valor presente em 28.85%</t>
+    <t>Valor presente em 34.28%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco de AppLovin Corp. ações ordinárias</t>
   </si>