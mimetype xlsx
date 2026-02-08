--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -755,51 +755,51 @@
       </c>
       <c r="D16" s="13">
         <v>5.39</v>
       </c>
       <c r="E16" s="13">
         <v>3.61</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>0.41</v>
       </c>
       <c r="C17" s="13">
         <v>0.43</v>
       </c>
       <c r="D17" s="13">
         <v>0.38</v>
       </c>
       <c r="E17" s="13">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>1.23</v>
       </c>
       <c r="C18" s="13">
         <v>1.17</v>
       </c>
       <c r="D18" s="13">
         <v>0.67</v>
       </c>
       <c r="E18" s="13">
         <v>0.43</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
     </row>