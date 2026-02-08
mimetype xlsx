--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>Previsão de dividendos por ação (DPS)</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>DPS(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valor presente em 19.27%</t>
+    <t>Valor presente em 22.10%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco de Amazon.com Inc. ações ordinárias (por ação)</t>
   </si>