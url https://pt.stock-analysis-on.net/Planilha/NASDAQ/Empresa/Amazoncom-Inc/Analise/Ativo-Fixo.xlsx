--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -22,68 +22,74 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Divulgação do ativo imobilizado" sheetId="1" r:id="rId4"/>
     <sheet name="Índices de idade dos ativos" sheetId="2" r:id="rId5"/>
     <sheet name="Razão média de idade" sheetId="3" r:id="rId6"/>
     <sheet name="Vida útil total estimada" sheetId="4" r:id="rId7"/>
     <sheet name="Idade estimada" sheetId="5" r:id="rId8"/>
     <sheet name="Vida restante estimada" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Área de usuários pagantes. Os dados não estão disponíveis!</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>Balanço patrimonial: imobilizado</t>
   </si>
   <si>
     <t>US$ em milhões</t>
   </si>
   <si>
     <t>Terrenos e edifícios</t>
   </si>
   <si>
-    <t>Equipamento</t>
+    <t>Servidores e equipamentos de rede</t>
+  </si>
+  <si>
+    <t>Equipamentos pesados</t>
+  </si>
+  <si>
+    <t>Outros equipamentos</t>
   </si>
   <si>
     <t>Outros ativos</t>
   </si>
   <si>
     <t>Obras em andamento</t>
   </si>
   <si>
     <t>Bens e equipamentos brutos</t>
   </si>
   <si>
     <t>Depreciação e amortização acumuladas</t>
   </si>
   <si>
     <t>Bens e equipamentos líquidos</t>
   </si>
   <si>
     <t>Fonte: https://pt.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Índices de idade dos ativos</t>
   </si>
   <si>
     <t>Razão média de idade</t>
   </si>
@@ -595,97 +601,97 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F15" sqref="F15"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>
@@ -725,802 +731,842 @@
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="8" t="s">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F12" s="9" t="e">
+      <c r="B12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="10" t="s">
+      <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="11" t="s">
+      <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="11"/>
-[...3 lines deleted...]
-      <c r="F15" s="11"/>
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B8" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B9" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B11" s="11"/>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B11" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="16" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="15" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="15" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>